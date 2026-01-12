--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -171,50 +171,53 @@
     <t>11/09/2024</t>
   </si>
   <si>
     <t>26/09/2024</t>
   </si>
   <si>
     <t>GOURANGA MONDAL</t>
   </si>
   <si>
     <t>Providing Left out FHTC for declaration of Swajal Gram Village at Gamira &amp; Sehala Mouzas under Raypur Zone I Piped Water Supply Scheme under Rampurhat Sub-Division, under Birbhum Division, PHE Dte. (Sl. No. - 02)</t>
   </si>
   <si>
     <t>ORD/000164/2024-2025</t>
   </si>
   <si>
     <t>452/RSD</t>
   </si>
   <si>
     <t>Providing Left out FHTC and allied work for declaration of Swajal Gram Village at Tajpur Mouzas under Raypur Zone I Piped Water Supply Scheme under Rampurhat Sub-Division, under Birbhum Division, PHE Dte. (Sl. No. -03)</t>
   </si>
   <si>
     <t>ORD/000167/2024-2025</t>
   </si>
   <si>
     <t>453/RSD</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
   </si>
   <si>
     <t>SOUMEN DAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1004,75 +1007,75 @@
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>0.97</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>153.95</v>
       </c>
       <c r="P8" s="8">
         <v>51.38</v>
       </c>
       <c r="Q8" s="8">
         <v>33.38</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>