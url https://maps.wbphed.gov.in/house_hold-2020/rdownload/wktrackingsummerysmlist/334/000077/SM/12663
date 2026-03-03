--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -772,54 +772,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>75.03</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>97</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -833,54 +833,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>76.52</v>
       </c>
       <c r="Q4" s="4">
-        <v>47.04</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>61.48</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>50</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1050,54 +1050,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>153.95</v>
       </c>
       <c r="P8" s="8">
-        <v>51.38</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>33.38</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>