--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -197,51 +197,51 @@
   <si>
     <t>Driller in Charge</t>
   </si>
   <si>
     <t>ORD/000785/2022-2023</t>
   </si>
   <si>
     <t>322/BOL.M.D</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>01/02/2025</t>
   </si>
   <si>
     <t>ABHISEK ENGTNEERING CONCERN</t>
   </si>
   <si>
     <t>Different works related to water supply scheme at NETURI, PAIKPARA &amp; PAKURIA and its adjoining mouzas water supply scheme within SAINTHIA Block including supply of all labour &amp; materials under Birbhum Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
-    <t>JE</t>
+    <t>JE,JE1</t>
   </si>
   <si>
     <t>ORD/000256/2023-2024</t>
   </si>
   <si>
     <t>3441/BHM</t>
   </si>
   <si>
     <t>03/08/2023</t>
   </si>
   <si>
     <t>28/02/2026</t>
   </si>
   <si>
     <t>SHREE J.M. CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -810,54 +810,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>10.99</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.77</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>79.81</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -873,54 +873,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P4" s="4">
         <v>10.99</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.31</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>75.57</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1113,54 +1113,54 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>28.92</v>
       </c>
       <c r="Q8" s="4">
-        <v>27.79</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.1</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>35</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1176,88 +1176,88 @@
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>1236.08</v>
       </c>
       <c r="Q9" s="4">
-        <v>389.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>31.53</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>54</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>1307.82</v>
       </c>
       <c r="P10" s="8">
-        <v>434.65</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>33.24</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>