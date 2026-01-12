--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="497">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -1151,326 +1151,326 @@
   <si>
     <t>BILL/00079/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-2025-36</t>
   </si>
   <si>
     <t>20/05/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
   </si>
   <si>
     <t>New Power Connection at Delora PWSS under Bolpur mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/00414/2024-2025</t>
   </si>
   <si>
     <t>BP-24-25-130</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
+    <t>Laying distribution system for proposed augmentation scheme for Mollarpur Zone-II Piped Water Supply Scheme, Block-Mayureswar-I under Birbhum Division, PHE Dte. (Sl. No.3)</t>
+  </si>
+  <si>
+    <t>JE1,JE3</t>
+  </si>
+  <si>
+    <t>ORD/000060/2022-2023</t>
+  </si>
+  <si>
+    <t>1152/BHM</t>
+  </si>
+  <si>
+    <t>23/05/2022</t>
+  </si>
+  <si>
+    <t>11/05/2024</t>
+  </si>
+  <si>
+    <t>Construction of Switch room at Pump House Site with sanitary and water supply arrangement to departmental drawing (Size 3.60 mtr x 3.30 mtr room with 1.2 Mtr. wide verandah),Boundary Wall,PCC approach Road,Land Development (PH No-2) for Augumentation of Mollarpur Zone-I Piped Water Supply Scheme, Block -Mayureswar-I within Birbhum Division, PHE Dte. (Sl. No.2)</t>
+  </si>
+  <si>
+    <t>ORD/000390/2022-2023</t>
+  </si>
+  <si>
+    <t>2915/BHM</t>
+  </si>
+  <si>
+    <t>Construction of 900cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC pile foundation including pipe connection &amp; allied works for augmentation of Mollarpur Zone-I W/S Scheme under Birbhum Division, PHE Dte.(As per Departmental Drawing)¿ (Sl. No.5)</t>
+  </si>
+  <si>
+    <t>ORD/000238/2022-2023</t>
+  </si>
+  <si>
+    <t>2247/BHM</t>
+  </si>
+  <si>
+    <t>17/10/2022</t>
+  </si>
+  <si>
+    <t>17/07/2023</t>
+  </si>
+  <si>
+    <t>WEIR AND DECK CONSTRUCTION ENGINEERS CO OP SOCIETY LTD</t>
+  </si>
+  <si>
+    <t>Supply and Installation of Submersible pumping machineries and other electro mechanical equipments at Augmentation of Mayureswar Piped water supply scheme under Mayureswar Block-II in the Dist of Birbhum under Bolpur Mechanical Division,P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000256/2023-2024</t>
+  </si>
+  <si>
+    <t>1438/Bol.MD</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>Additional Laying distribution system at different mouzas including Functional Household Tap Connection under Augmentation of Mollarpur Zone-I (Part-A) Piped Water Supply Scheme under Rampurhat sub -Division , under Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000173/2024-2025</t>
+  </si>
+  <si>
+    <t>2630/BHM</t>
+  </si>
+  <si>
+    <t>12/09/2024</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t>Sinking of 02 nos. (01 Additional + 01 Replaced) Tube well (200mm dia, all through 150 mt. Deep) along with Rising Main and Construction of 01 no. Pump House for Mollarpur Zone-II PWSS under Rampurhat Sub-Division within Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000175/2024-2025</t>
+  </si>
+  <si>
+    <t>2729/BHM</t>
+  </si>
+  <si>
+    <t>25/09/2024</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>Additional Laying distribution system at Kotasur and Adjoining Mouzas including Functional Household Tap Connection under Augmentation of Mayureswar Piped Water Supply Scheme under Rampurhat Sub-Division, under Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>JE2</t>
+  </si>
+  <si>
+    <t>ORD/000569/2024-2025</t>
+  </si>
+  <si>
+    <t>400/BHM</t>
+  </si>
+  <si>
+    <t>06/02/2025</t>
+  </si>
+  <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>Providing Balance Functional Household Tap Connection (FHTC) by Adopting Jack Pushing Technique for laying Additional distribution system and Laying of Rising Main under Mollarpur Zone-II Piped Water Supply Scheme under Rampurhat sub -Division, under Birbhum Division, PHE Dte</t>
+  </si>
+  <si>
+    <t>JE1,JE2,JE3</t>
+  </si>
+  <si>
+    <t>ORD/000174/2024-2025</t>
+  </si>
+  <si>
+    <t>2730/BHM</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>Rising Main with 200mm dia DI pipe and Delivery main with 200mm dia HDPE pipe for OHR under Bishnupur Piped Supply Scheme of Birbhum RWS Sub-Division, Block- Rampurhat-II, P.H.E. Dte. within Birbhum Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000690/2024-2025</t>
+  </si>
+  <si>
+    <t>865/BHM</t>
+  </si>
+  <si>
+    <t>26/03/2025</t>
+  </si>
+  <si>
+    <t>25/05/2025</t>
+  </si>
+  <si>
+    <t>Jack pushing &amp; Augur boring along with extension of pipeline, restoration of Roads and all allied works for Mohammad Bazar piped Water Supply Scheme under Birbhum Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Estimator,JE</t>
+  </si>
+  <si>
+    <t>ORD/000688/2024-2025</t>
+  </si>
+  <si>
+    <t>862/BHM</t>
+  </si>
+  <si>
+    <t>30/08/2025</t>
+  </si>
+  <si>
+    <t>ORD/000041/2025-2026</t>
+  </si>
+  <si>
+    <t>736/BOL.MD</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>13/06/2025</t>
+  </si>
+  <si>
+    <t>Additional Laying distribution system at different mouzas, including the Functional Household Tap Connection under Augmentation of Mollarpur Zone I (Part-B &amp; C) Piped Water Supply Scheme under Rampurhat Sub-Division, under Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>JE2,JE3</t>
+  </si>
+  <si>
+    <t>ORD/000040/2025-2026</t>
+  </si>
+  <si>
+    <t>1452/BHM</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>16/11/2025</t>
+  </si>
+  <si>
+    <t>Sinking of 03 (Three) Nos Tubewell 200 mm X 200 mm dia X180m. deep tubewells by Rotary Rig including connecting rising main at Augmentation of Mollarpur Zone-I (Part-C) PWSS under Rampurhat Sub-Division within Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000118/2025-2026</t>
+  </si>
+  <si>
+    <t>634/RSD</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>13/09/2025</t>
+  </si>
+  <si>
+    <t>PULAK KUMAR PAL</t>
+  </si>
+  <si>
+    <t>Sinking of 01 (One) No. replacement &amp; 01 (One) new Tube well 200 mm X 200 mm dia X 180m. deep tube wells by Rotary Rig including connecting DI rising main along with allied civil works for Augmentation of Mollarpur Zone-I (Part-A) PWSS under Rampurhat Sub-Division within Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000208/2025-2026</t>
+  </si>
+  <si>
+    <t>737/RSD</t>
+  </si>
+  <si>
+    <t>20/08/2025</t>
+  </si>
+  <si>
+    <t>19/10/2025</t>
+  </si>
+  <si>
+    <t>RAJ ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Sinking of 02 (Two) Nos. new Tube well 200 mm X 200 mm dia X 180m. deep tube wells by Rotary Rig including connecting DI rising main along with allied civil works for Augmentation of Mollarpur Zone-I (Part-B) PWSS under Rampurhat Sub-Division within Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000236/2025-2026</t>
+  </si>
+  <si>
+    <t>2206/BHM</t>
+  </si>
+  <si>
+    <t>26/08/2025</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>RADHARANI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Additional Laying distribution system at Mayureswar, Kushtor and Adjoining Mouzas including Functional Household Tap Connection under Augmentation of Mayureswar Piped Water Supply Scheme under Rampurhat sub-Division, under Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000264/2025-2026</t>
+  </si>
+  <si>
+    <t>2360/BHM</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>Different works such as Pump House, Boundary wall, Rising main, LDS, repairing works and allied works related to Augmentation of Bishnupur PWSS within Birbhum RWS Sub-Division, under Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000257/2025-2026</t>
+  </si>
+  <si>
+    <t>2197/BHM</t>
+  </si>
+  <si>
+    <t>22/08/2025</t>
+  </si>
+  <si>
+    <t>20/11/2025</t>
+  </si>
+  <si>
     <t>Laying distribution system for proposed augmentation scheme for Mayureswar Piped Water Supply Scheme, Mayureswar-II Block under Birbhum Division, PHE Dte. (Sl. No.2)</t>
   </si>
   <si>
     <t>ORD/000040/2022-2023</t>
   </si>
   <si>
     <t>1010/BHM</t>
   </si>
   <si>
     <t>11/05/2022</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
-    <t>WEIR AND DECK CONSTRUCTION ENGINEERS CO OP SOCIETY LTD</t>
-[...259 lines deleted...]
-  <si>
     <t>Laying distribution system for proposed augmentation scheme for Md. Bazar Piped Water Supply Scheme under Md. Bazar Block, under Birbhum Division, PHE Dte (Sl. No.7)</t>
   </si>
   <si>
     <t>Estimator,JE3</t>
   </si>
   <si>
     <t>ORD/000264/2022-2023</t>
   </si>
   <si>
     <t>859/BHM</t>
   </si>
   <si>
     <t>20/04/2022</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
     <t>Construction of 750cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC pile foundation including pipe connection &amp; allied works for augmentation of Bishnupur W/S Scheme under Birbhum Division, PHE Dte.(As per Departmental Drawing)¿ (Sl. No.7)</t>
   </si>
   <si>
     <t>ORD/000240/2022-2023</t>
   </si>
   <si>
     <t>2727/BHM</t>
@@ -1500,50 +1500,59 @@
     <t>ORD/000478/2022-2023</t>
   </si>
   <si>
     <t>228/BHM</t>
   </si>
   <si>
     <t>21/03/2023</t>
   </si>
   <si>
     <t>CHOWDHURY ENTERPRISE</t>
   </si>
   <si>
     <t>Miscellaneous works including painting, earthling, repairing of entrance gate etc at head work site at Kharasinpur of OHR, Boundary Wall etc of Mollarpur Zone-II at Mollarpur Zone -II PWSS under Rampurhat Sub Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000055/2023-2024</t>
   </si>
   <si>
     <t>1254/BHM</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
     <t>MD SURAJ ALI</t>
+  </si>
+  <si>
+    <t>Supply and Installation of Submersible pumping machineries and other electro mechanical equipments at Augmentation of Mollarpur Zone-I and Zone-II Piped water supply scheme under Mayureswar Block-I in the Dist of Birbhum under Bolpur Mechanical Division,P.H.E.Dte</t>
+  </si>
+  <si>
+    <t>ORD/000251/2023-2024</t>
+  </si>
+  <si>
+    <t>1436/Bol.MD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1932,51 +1941,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W97"/>
+  <dimension ref="A1:W98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -6341,1115 +6350,1115 @@
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="13" t="s">
         <v>379</v>
       </c>
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13" t="s">
-        <v>27</v>
+        <v>380</v>
       </c>
       <c r="K74" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="L74" s="4" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="M74" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="O74" s="4" t="s">
-        <v>384</v>
+        <v>206</v>
       </c>
       <c r="P74" s="4">
-        <v>502.2</v>
+        <v>401.72</v>
       </c>
       <c r="Q74" s="4">
-        <v>373.34</v>
+        <v>335.11</v>
       </c>
       <c r="R74" s="4">
-        <v>74.34</v>
+        <v>83.42</v>
       </c>
       <c r="S74" s="4">
         <v>100</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="13" t="s">
         <v>385</v>
       </c>
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
+        <v>380</v>
+      </c>
+      <c r="K75" s="4" t="s">
         <v>386</v>
       </c>
-      <c r="K75" s="4" t="s">
+      <c r="L75" s="4" t="s">
         <v>387</v>
       </c>
-      <c r="L75" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M75" s="4" t="s">
-        <v>389</v>
+        <v>298</v>
       </c>
       <c r="N75" s="4" t="s">
-        <v>390</v>
+        <v>299</v>
       </c>
       <c r="O75" s="4" t="s">
-        <v>206</v>
+        <v>300</v>
       </c>
       <c r="P75" s="4">
-        <v>401.72</v>
+        <v>11.31</v>
       </c>
       <c r="Q75" s="4">
-        <v>335.11</v>
+        <v>5.32</v>
       </c>
       <c r="R75" s="4">
-        <v>83.42</v>
+        <v>47.09</v>
       </c>
       <c r="S75" s="4">
         <v>100</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="13" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="K76" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="L76" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="M76" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="N76" s="4" t="s">
         <v>392</v>
       </c>
-      <c r="L76" s="4" t="s">
+      <c r="O76" s="4" t="s">
         <v>393</v>
       </c>
-      <c r="M76" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P76" s="4">
-        <v>11.31</v>
+        <v>185.79</v>
       </c>
       <c r="Q76" s="4">
-        <v>5.32</v>
+        <v>89.07</v>
       </c>
       <c r="R76" s="4">
-        <v>47.09</v>
+        <v>47.94</v>
       </c>
       <c r="S76" s="4">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="13" t="s">
         <v>394</v>
       </c>
       <c r="I77" s="13" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="J77" s="13" t="s">
-        <v>386</v>
+        <v>36</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>395</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M77" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="N77" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="N77" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O77" s="4" t="s">
-        <v>384</v>
+        <v>332</v>
       </c>
       <c r="P77" s="4">
-        <v>185.79</v>
+        <v>34.9</v>
       </c>
       <c r="Q77" s="4">
-        <v>89.07</v>
+        <v>16.15</v>
       </c>
       <c r="R77" s="4">
-        <v>47.94</v>
+        <v>46.26</v>
       </c>
       <c r="S77" s="4">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="13" t="s">
+        <v>398</v>
+      </c>
+      <c r="I78" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J78" s="13" t="s">
+        <v>380</v>
+      </c>
+      <c r="K78" s="4" t="s">
         <v>399</v>
       </c>
-      <c r="I78" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K78" s="4" t="s">
+      <c r="L78" s="4" t="s">
         <v>400</v>
       </c>
-      <c r="L78" s="4" t="s">
+      <c r="M78" s="4" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>402</v>
       </c>
       <c r="O78" s="4" t="s">
-        <v>332</v>
+        <v>307</v>
       </c>
       <c r="P78" s="4">
-        <v>34.9</v>
+        <v>90.71</v>
       </c>
       <c r="Q78" s="4">
-        <v>16.15</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>46.26</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="13" t="s">
         <v>403</v>
       </c>
       <c r="I79" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J79" s="13" t="s">
-        <v>386</v>
+        <v>27</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>404</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>405</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>406</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>407</v>
       </c>
       <c r="O79" s="4" t="s">
-        <v>307</v>
+        <v>206</v>
       </c>
       <c r="P79" s="4">
-        <v>90.71</v>
+        <v>23.99</v>
       </c>
       <c r="Q79" s="4">
         <v>0</v>
       </c>
       <c r="R79" s="4">
         <v>0</v>
       </c>
       <c r="S79" s="4">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="13" t="s">
         <v>408</v>
       </c>
       <c r="I80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J80" s="13" t="s">
-        <v>27</v>
+        <v>409</v>
       </c>
       <c r="K80" s="4" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="L80" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M80" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="N80" s="4" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="O80" s="4" t="s">
-        <v>206</v>
+        <v>393</v>
       </c>
       <c r="P80" s="4">
-        <v>23.99</v>
+        <v>97.7</v>
       </c>
       <c r="Q80" s="4">
         <v>0</v>
       </c>
       <c r="R80" s="4">
         <v>0</v>
       </c>
       <c r="S80" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="13" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I81" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="L81" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M81" s="4" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>418</v>
       </c>
       <c r="O81" s="4" t="s">
-        <v>384</v>
+        <v>206</v>
       </c>
       <c r="P81" s="4">
-        <v>97.7</v>
+        <v>96</v>
       </c>
       <c r="Q81" s="4">
-        <v>0</v>
+        <v>4.3</v>
       </c>
       <c r="R81" s="4">
-        <v>0</v>
+        <v>4.48</v>
       </c>
       <c r="S81" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="13" t="s">
         <v>419</v>
       </c>
       <c r="I82" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J82" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K82" s="4" t="s">
         <v>420</v>
       </c>
-      <c r="K82" s="4" t="s">
+      <c r="L82" s="4" t="s">
         <v>421</v>
       </c>
-      <c r="L82" s="4" t="s">
+      <c r="M82" s="4" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>423</v>
       </c>
       <c r="O82" s="4" t="s">
-        <v>206</v>
+        <v>123</v>
       </c>
       <c r="P82" s="4">
-        <v>96</v>
+        <v>40.58</v>
       </c>
       <c r="Q82" s="4">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>4.48</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="13" t="s">
         <v>424</v>
       </c>
       <c r="I83" s="13" t="s">
-        <v>26</v>
+        <v>302</v>
       </c>
       <c r="J83" s="13" t="s">
-        <v>27</v>
+        <v>425</v>
       </c>
       <c r="K83" s="4" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="L83" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="M83" s="4" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>428</v>
       </c>
       <c r="O83" s="4" t="s">
-        <v>123</v>
+        <v>307</v>
       </c>
       <c r="P83" s="4">
-        <v>40.58</v>
+        <v>69.84</v>
       </c>
       <c r="Q83" s="4">
         <v>0</v>
       </c>
       <c r="R83" s="4">
         <v>0</v>
       </c>
       <c r="S83" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="I84" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="J84" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K84" s="4" t="s">
         <v>429</v>
       </c>
-      <c r="I84" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J84" s="13" t="s">
+      <c r="L84" s="4" t="s">
         <v>430</v>
       </c>
-      <c r="K84" s="4" t="s">
+      <c r="M84" s="4" t="s">
         <v>431</v>
       </c>
-      <c r="L84" s="4" t="s">
+      <c r="N84" s="4" t="s">
         <v>432</v>
       </c>
-      <c r="M84" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O84" s="4" t="s">
-        <v>307</v>
+        <v>64</v>
       </c>
       <c r="P84" s="4">
-        <v>69.84</v>
+        <v>5.24</v>
       </c>
       <c r="Q84" s="4">
         <v>0</v>
       </c>
       <c r="R84" s="4">
         <v>0</v>
       </c>
       <c r="S84" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="13" t="s">
-        <v>142</v>
+        <v>433</v>
       </c>
       <c r="I85" s="13" t="s">
-        <v>339</v>
+        <v>26</v>
       </c>
       <c r="J85" s="13" t="s">
-        <v>36</v>
+        <v>434</v>
       </c>
       <c r="K85" s="4" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="L85" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M85" s="4" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="N85" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="O85" s="4" t="s">
-        <v>64</v>
+        <v>307</v>
       </c>
       <c r="P85" s="4">
-        <v>5.24</v>
+        <v>121.47</v>
       </c>
       <c r="Q85" s="4">
         <v>0</v>
       </c>
       <c r="R85" s="4">
         <v>0</v>
       </c>
       <c r="S85" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="13" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I86" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J86" s="13" t="s">
-        <v>439</v>
+        <v>27</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>440</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>441</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>442</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>443</v>
       </c>
       <c r="O86" s="4" t="s">
-        <v>307</v>
+        <v>444</v>
       </c>
       <c r="P86" s="4">
-        <v>121.47</v>
+        <v>38.38</v>
       </c>
       <c r="Q86" s="4">
         <v>0</v>
       </c>
       <c r="R86" s="4">
         <v>0</v>
       </c>
       <c r="S86" s="4">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="13" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="I87" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="4" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="L87" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="M87" s="4" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="N87" s="4" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="O87" s="4" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="P87" s="4">
-        <v>38.38</v>
+        <v>40.56</v>
       </c>
       <c r="Q87" s="4">
         <v>0</v>
       </c>
       <c r="R87" s="4">
         <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="13" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="I88" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J88" s="13" t="s">
-        <v>27</v>
+        <v>409</v>
       </c>
       <c r="K88" s="4" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="L88" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M88" s="4" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="N88" s="4" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="O88" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P88" s="4">
-        <v>40.56</v>
+        <v>51.13</v>
       </c>
       <c r="Q88" s="4">
         <v>0</v>
       </c>
       <c r="R88" s="4">
         <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="13" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I89" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J89" s="13" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="K89" s="4" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="L89" s="4" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M89" s="4" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="N89" s="4" t="s">
-        <v>460</v>
+        <v>402</v>
       </c>
       <c r="O89" s="4" t="s">
-        <v>461</v>
+        <v>393</v>
       </c>
       <c r="P89" s="4">
-        <v>51.13</v>
+        <v>130.05</v>
       </c>
       <c r="Q89" s="4">
         <v>0</v>
       </c>
       <c r="R89" s="4">
         <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="13" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="I90" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J90" s="13" t="s">
-        <v>414</v>
+        <v>188</v>
       </c>
       <c r="K90" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="L90" s="4" t="s">
         <v>463</v>
       </c>
-      <c r="L90" s="4" t="s">
+      <c r="M90" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="M90" s="4" t="s">
+      <c r="N90" s="4" t="s">
         <v>465</v>
       </c>
-      <c r="N90" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O90" s="4" t="s">
-        <v>384</v>
+        <v>32</v>
       </c>
       <c r="P90" s="4">
-        <v>130.05</v>
+        <v>109.95</v>
       </c>
       <c r="Q90" s="4">
         <v>0</v>
       </c>
       <c r="R90" s="4">
         <v>0</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="13" t="s">
         <v>466</v>
       </c>
       <c r="I91" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J91" s="13" t="s">
-        <v>188</v>
+        <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>467</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>468</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>469</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>470</v>
       </c>
       <c r="O91" s="4" t="s">
-        <v>32</v>
+        <v>393</v>
       </c>
       <c r="P91" s="4">
-        <v>109.95</v>
+        <v>502.2</v>
       </c>
       <c r="Q91" s="4">
-        <v>0</v>
+        <v>373.34</v>
       </c>
       <c r="R91" s="4">
-        <v>0</v>
+        <v>74.34</v>
       </c>
       <c r="S91" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>24</v>
@@ -7570,54 +7579,54 @@
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="13" t="s">
         <v>483</v>
       </c>
       <c r="I94" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>484</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>485</v>
       </c>
       <c r="M94" s="4" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>307</v>
       </c>
       <c r="P94" s="4">
         <v>908.98</v>
       </c>
       <c r="Q94" s="4">
         <v>873.04</v>
       </c>
       <c r="R94" s="4">
         <v>96.05</v>
       </c>
       <c r="S94" s="4">
         <v>78</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
@@ -7718,87 +7727,148 @@
       </c>
       <c r="N96" s="4" t="s">
         <v>494</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>495</v>
       </c>
       <c r="P96" s="4">
         <v>3.15</v>
       </c>
       <c r="Q96" s="4">
         <v>0</v>
       </c>
       <c r="R96" s="4">
         <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>100</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
-      <c r="A97" s="7" t="s">
+      <c r="A97" s="3">
+        <v>95</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C97" s="3"/>
+      <c r="D97" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E97" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H97" s="13" t="s">
         <v>496</v>
       </c>
-      <c r="B97" s="7"/>
-[...22 lines deleted...]
-      <c r="S97" s="8"/>
+      <c r="I97" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J97" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K97" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="L97" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="M97" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="N97" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="O97" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P97" s="4">
+        <v>47.6</v>
+      </c>
+      <c r="Q97" s="4">
+        <v>31.57</v>
+      </c>
+      <c r="R97" s="4">
+        <v>66.31</v>
+      </c>
+      <c r="S97" s="4">
+        <v>100</v>
+      </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
+    <row r="98" spans="1:23">
+      <c r="A98" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="B98" s="7"/>
+      <c r="C98" s="7"/>
+      <c r="D98" s="7"/>
+      <c r="E98" s="11"/>
+      <c r="F98" s="7"/>
+      <c r="G98" s="7"/>
+      <c r="H98" s="14"/>
+      <c r="I98" s="14"/>
+      <c r="J98" s="14"/>
+      <c r="K98" s="8"/>
+      <c r="L98" s="8"/>
+      <c r="M98" s="8"/>
+      <c r="N98" s="8"/>
+      <c r="O98" s="8">
+        <v>6016.82</v>
+      </c>
+      <c r="P98" s="8">
+        <v>3199.78</v>
+      </c>
+      <c r="Q98" s="8">
+        <v>53.18</v>
+      </c>
+      <c r="R98" s="8"/>
+      <c r="S98" s="8"/>
+      <c r="T98" s="1"/>
+      <c r="U98" s="1"/>
+      <c r="V98" s="1"/>
+      <c r="W98" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A97:N97"/>
+    <mergeCell ref="A98:N98"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>