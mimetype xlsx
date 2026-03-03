--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -2165,54 +2165,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>4.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.51</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -2287,54 +2287,54 @@
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P6" s="4">
         <v>3.37</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.49</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2348,54 +2348,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>3.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.24</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>63.94</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>82</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -2409,54 +2409,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>2.65</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.43</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>91.45</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -2531,54 +2531,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>2.02</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.73</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>85.74</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>92</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2592,54 +2592,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P11" s="4">
         <v>4.83</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>95.89</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2653,54 +2653,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>0.94</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.2</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2714,54 +2714,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>4.58</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.69</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2775,54 +2775,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P14" s="4">
         <v>1.07</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.07</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2958,54 +2958,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>4.86</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -3194,54 +3194,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>74.19</v>
       </c>
       <c r="Q21" s="4">
-        <v>11.11</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>14.98</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>16</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -3316,54 +3316,54 @@
       <c r="I23" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="4">
         <v>2.7</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3377,54 +3377,54 @@
       <c r="I24" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P24" s="4">
         <v>12.8</v>
       </c>
       <c r="Q24" s="4">
-        <v>12.02</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>93.86</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -3621,54 +3621,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="4">
         <v>4.97</v>
       </c>
       <c r="Q28" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>94.55</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3743,54 +3743,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P30" s="4">
         <v>428.01</v>
       </c>
       <c r="Q30" s="4">
-        <v>427.94</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3865,54 +3865,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>181</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="4">
         <v>11.37</v>
       </c>
       <c r="Q32" s="4">
-        <v>10.58</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>93.06</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3926,54 +3926,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P33" s="4">
         <v>4.98</v>
       </c>
       <c r="Q33" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>93.33</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3987,54 +3987,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>188</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P34" s="4">
         <v>2.42</v>
       </c>
       <c r="Q34" s="4">
-        <v>1.22</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>50.41</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -4048,54 +4048,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>197</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P35" s="4">
         <v>74.84</v>
       </c>
       <c r="Q35" s="4">
-        <v>51.07</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>68.24</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -4109,54 +4109,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P36" s="4">
         <v>56.14</v>
       </c>
       <c r="Q36" s="4">
-        <v>25.13</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>44.76</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -4170,54 +4170,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="4">
         <v>14.5</v>
       </c>
       <c r="Q37" s="4">
-        <v>6.04</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>41.66</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -4231,54 +4231,54 @@
       <c r="I38" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P38" s="4">
         <v>3.21</v>
       </c>
       <c r="Q38" s="4">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -4292,54 +4292,54 @@
       <c r="I39" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P39" s="4">
         <v>2.46</v>
       </c>
       <c r="Q39" s="4">
-        <v>2.46</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -4353,54 +4353,54 @@
       <c r="I40" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P40" s="4">
         <v>35.27</v>
       </c>
       <c r="Q40" s="4">
-        <v>34.97</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -4414,54 +4414,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>188</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P41" s="4">
         <v>1.76</v>
       </c>
       <c r="Q41" s="4">
-        <v>1.73</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>98.21</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4475,54 +4475,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>233</v>
       </c>
       <c r="P42" s="4">
         <v>4.24</v>
       </c>
       <c r="Q42" s="4">
-        <v>4.17</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>98.45</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -5342,54 +5342,54 @@
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>290</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>291</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>292</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>293</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>294</v>
       </c>
       <c r="P57" s="4">
         <v>13.39</v>
       </c>
       <c r="Q57" s="4">
-        <v>13.29</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>99.32</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>100</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5403,54 +5403,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>296</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>297</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>298</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>299</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>300</v>
       </c>
       <c r="P58" s="4">
         <v>11.25</v>
       </c>
       <c r="Q58" s="4">
-        <v>11.23</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>100</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5464,54 +5464,54 @@
       <c r="I59" s="13" t="s">
         <v>302</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>303</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>304</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>305</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>306</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>307</v>
       </c>
       <c r="P59" s="4">
         <v>57.55</v>
       </c>
       <c r="Q59" s="4">
-        <v>57.55</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5525,54 +5525,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>309</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>310</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>311</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P60" s="4">
         <v>273.65</v>
       </c>
       <c r="Q60" s="4">
-        <v>273.58</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>50</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5586,54 +5586,54 @@
       <c r="I61" s="13" t="s">
         <v>302</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>314</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>315</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>316</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>317</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>318</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>307</v>
       </c>
       <c r="P61" s="4">
         <v>52.61</v>
       </c>
       <c r="Q61" s="4">
-        <v>8.57</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>16.3</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>100</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5708,54 +5708,54 @@
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>325</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>326</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>327</v>
       </c>
       <c r="P63" s="4">
         <v>11.59</v>
       </c>
       <c r="Q63" s="4">
-        <v>11.59</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>100</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5769,54 +5769,54 @@
       <c r="I64" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>329</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>330</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>331</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>332</v>
       </c>
       <c r="P64" s="4">
         <v>4.32</v>
       </c>
       <c r="Q64" s="4">
-        <v>4.32</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>100</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5952,54 +5952,54 @@
       <c r="I67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>188</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>346</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>347</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>348</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>349</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P67" s="4">
         <v>0.97</v>
       </c>
       <c r="Q67" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>96.28</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>70</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -6013,54 +6013,54 @@
       <c r="I68" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>351</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>352</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>353</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>354</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P68" s="4">
         <v>4.89</v>
       </c>
       <c r="Q68" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>100</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -6074,54 +6074,54 @@
       <c r="I69" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>356</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>357</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>358</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>359</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>360</v>
       </c>
       <c r="P69" s="4">
         <v>2.97</v>
       </c>
       <c r="Q69" s="4">
-        <v>2.97</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>100</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -6135,54 +6135,54 @@
       <c r="I70" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>362</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>363</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>364</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>365</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P70" s="4">
         <v>22.96</v>
       </c>
       <c r="Q70" s="4">
-        <v>17.42</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>75.87</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>100</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6196,54 +6196,54 @@
       <c r="I71" s="13" t="s">
         <v>339</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>367</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>368</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>342</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>343</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>369</v>
       </c>
       <c r="P71" s="4">
         <v>1.52</v>
       </c>
       <c r="Q71" s="4">
-        <v>1.52</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>100</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6371,54 +6371,54 @@
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>380</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>381</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>382</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>383</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>384</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P74" s="4">
         <v>401.72</v>
       </c>
       <c r="Q74" s="4">
-        <v>335.11</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>83.42</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>100</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -6432,54 +6432,54 @@
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>380</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>386</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>387</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>298</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>299</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>300</v>
       </c>
       <c r="P75" s="4">
         <v>11.31</v>
       </c>
       <c r="Q75" s="4">
-        <v>5.32</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>47.09</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>100</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6493,54 +6493,54 @@
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>380</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>389</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>390</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>391</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>392</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>393</v>
       </c>
       <c r="P76" s="4">
         <v>185.79</v>
       </c>
       <c r="Q76" s="4">
-        <v>89.07</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>47.94</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>85</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -6554,54 +6554,54 @@
       <c r="I77" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>395</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>397</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>332</v>
       </c>
       <c r="P77" s="4">
         <v>34.9</v>
       </c>
       <c r="Q77" s="4">
-        <v>16.15</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>46.26</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>100</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -6798,54 +6798,54 @@
       <c r="I81" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>415</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>416</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>417</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>406</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>418</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P81" s="4">
         <v>96</v>
       </c>
       <c r="Q81" s="4">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>4.48</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>30</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -7408,54 +7408,54 @@
       <c r="I91" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>467</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>468</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>469</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>470</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>393</v>
       </c>
       <c r="P91" s="4">
         <v>502.2</v>
       </c>
       <c r="Q91" s="4">
-        <v>373.34</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>74.34</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>100</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -7469,54 +7469,54 @@
       <c r="I92" s="13" t="s">
         <v>282</v>
       </c>
       <c r="J92" s="13" t="s">
         <v>472</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>473</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>474</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>475</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>476</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>307</v>
       </c>
       <c r="P92" s="4">
         <v>319.7</v>
       </c>
       <c r="Q92" s="4">
-        <v>272.25</v>
+        <v>0</v>
       </c>
       <c r="R92" s="4">
-        <v>85.16</v>
+        <v>0</v>
       </c>
       <c r="S92" s="4">
         <v>95</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
@@ -7530,54 +7530,54 @@
       <c r="I93" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J93" s="13" t="s">
         <v>188</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>478</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>479</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>480</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>481</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>482</v>
       </c>
       <c r="P93" s="4">
         <v>165.71</v>
       </c>
       <c r="Q93" s="4">
-        <v>157.57</v>
+        <v>0</v>
       </c>
       <c r="R93" s="4">
-        <v>95.09</v>
+        <v>0</v>
       </c>
       <c r="S93" s="4">
         <v>100</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
@@ -7591,54 +7591,54 @@
       <c r="I94" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>484</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>485</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>391</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>423</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>307</v>
       </c>
       <c r="P94" s="4">
         <v>908.98</v>
       </c>
       <c r="Q94" s="4">
-        <v>873.04</v>
+        <v>0</v>
       </c>
       <c r="R94" s="4">
-        <v>96.05</v>
+        <v>0</v>
       </c>
       <c r="S94" s="4">
         <v>78</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
@@ -7774,88 +7774,88 @@
       <c r="I97" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J97" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>497</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>498</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>342</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P97" s="4">
         <v>47.6</v>
       </c>
       <c r="Q97" s="4">
-        <v>31.57</v>
+        <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>66.31</v>
+        <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>100</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="7" t="s">
         <v>499</v>
       </c>
       <c r="B98" s="7"/>
       <c r="C98" s="7"/>
       <c r="D98" s="7"/>
       <c r="E98" s="11"/>
       <c r="F98" s="7"/>
       <c r="G98" s="7"/>
       <c r="H98" s="14"/>
       <c r="I98" s="14"/>
       <c r="J98" s="14"/>
       <c r="K98" s="8"/>
       <c r="L98" s="8"/>
       <c r="M98" s="8"/>
       <c r="N98" s="8"/>
       <c r="O98" s="8">
         <v>6016.82</v>
       </c>
       <c r="P98" s="8">
-        <v>3199.78</v>
+        <v>0</v>
       </c>
       <c r="Q98" s="8">
-        <v>53.18</v>
+        <v>0</v>
       </c>
       <c r="R98" s="8"/>
       <c r="S98" s="8"/>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A98:N98"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>