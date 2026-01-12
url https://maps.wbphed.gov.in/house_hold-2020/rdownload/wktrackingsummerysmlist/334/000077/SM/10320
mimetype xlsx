--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -548,51 +548,51 @@
   <si>
     <t>14/12/2022</t>
   </si>
   <si>
     <t>14/09/2023</t>
   </si>
   <si>
     <t>TEKNO ENTERPRISE</t>
   </si>
   <si>
     <t>Laying distribution system including all types of specials valves street stand post and functional household connection all complete for Augmentation of Chandidas Nanoor Water Supply Scheme in Nanoor Block under Birbhum Division PHE Dte. (Sl.No.4)</t>
   </si>
   <si>
     <t>JE4</t>
   </si>
   <si>
     <t>ORD/000339/2022-2023</t>
   </si>
   <si>
     <t>1070/BHM</t>
   </si>
   <si>
     <t>13/05/2022</t>
   </si>
   <si>
-    <t>01/06/2024</t>
+    <t>31/12/2024</t>
   </si>
   <si>
     <t>G.D. CONSTRUCTION &amp; CO</t>
   </si>
   <si>
     <t>Construction of 900cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC pile foundation including pipe connection &amp; allied works for augmentation of Labhpur Zone-II W/S Scheme under Birbhum Division, PHE Dte. (As per Departmental Drawing)</t>
   </si>
   <si>
     <t>ORD/000252/2022-2023</t>
   </si>
   <si>
     <t>2466/BHM</t>
   </si>
   <si>
     <t>11/11/2022</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
     <t>SATYANARAYAN ENGINEER'S CO-OP.SOCIETY LTD.</t>
   </si>
   <si>
     <t>Providing Electro-mechanical accessories including other allied works for Augmentation of ILLAMBAZAR PWSS under Bolpur Mechanical Division PHE Dte. Block : Illambazar, Dist : Birbhum.</t>
   </si>
@@ -1116,50 +1116,62 @@
     <t>30/08/2025</t>
   </si>
   <si>
     <t>Road restoration work for augmentation scheme for Kirnahar Zone-Il Piped Water Supply Scheme, Nanoor Block, under Birbhum Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000195/2025-2026</t>
   </si>
   <si>
     <t>2127/BHM</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>16/11/2025</t>
   </si>
   <si>
     <t>Road restoration work for augmentation scheme for Kirnahar Zone- I Piped Water Supply Scheme, Nanoor Block, under Birbhum Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000191/2025-2026</t>
   </si>
   <si>
     <t>2131/BHM</t>
+  </si>
+  <si>
+    <t>Providing Electro-mechanical accessories and others for Augmentation of Kirnahar Zone - I Water Supply Scheme under Bolpur Mechanical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000249/2023-2024</t>
+  </si>
+  <si>
+    <t>1434/Bol.MD</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1548,51 +1560,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W70"/>
+  <dimension ref="A1:W71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -5707,87 +5719,148 @@
       </c>
       <c r="N69" s="4" t="s">
         <v>364</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P69" s="4">
         <v>15.02</v>
       </c>
       <c r="Q69" s="4">
         <v>0</v>
       </c>
       <c r="R69" s="4">
         <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
-      <c r="A70" s="7" t="s">
+      <c r="A70" s="3">
+        <v>68</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C70" s="3"/>
+      <c r="D70" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E70" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H70" s="13" t="s">
         <v>368</v>
       </c>
-      <c r="B70" s="7"/>
-[...22 lines deleted...]
-      <c r="S70" s="8"/>
+      <c r="I70" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="J70" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K70" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="L70" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="M70" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="N70" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="O70" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="P70" s="4">
+        <v>19.43</v>
+      </c>
+      <c r="Q70" s="4">
+        <v>12.06</v>
+      </c>
+      <c r="R70" s="4">
+        <v>62.1</v>
+      </c>
+      <c r="S70" s="4">
+        <v>100</v>
+      </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
+    <row r="71" spans="1:23">
+      <c r="A71" s="7" t="s">
+        <v>372</v>
+      </c>
+      <c r="B71" s="7"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="7"/>
+      <c r="E71" s="11"/>
+      <c r="F71" s="7"/>
+      <c r="G71" s="7"/>
+      <c r="H71" s="14"/>
+      <c r="I71" s="14"/>
+      <c r="J71" s="14"/>
+      <c r="K71" s="8"/>
+      <c r="L71" s="8"/>
+      <c r="M71" s="8"/>
+      <c r="N71" s="8"/>
+      <c r="O71" s="8">
+        <v>7097.58</v>
+      </c>
+      <c r="P71" s="8">
+        <v>2703.5</v>
+      </c>
+      <c r="Q71" s="8">
+        <v>38.09</v>
+      </c>
+      <c r="R71" s="8"/>
+      <c r="S71" s="8"/>
+      <c r="T71" s="1"/>
+      <c r="U71" s="1"/>
+      <c r="V71" s="1"/>
+      <c r="W71" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A70:N70"/>
+    <mergeCell ref="A71:N71"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>