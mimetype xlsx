--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1723,54 +1723,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>84.66</v>
       </c>
       <c r="Q3" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>27.09</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>45</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2150,54 +2150,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>2.31</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.68</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2211,54 +2211,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P11" s="4">
         <v>84.66</v>
       </c>
       <c r="Q11" s="4">
-        <v>26.12</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>30.85</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>62</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2272,54 +2272,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>13.69</v>
       </c>
       <c r="Q12" s="4">
-        <v>13.55</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.95</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2451,54 +2451,54 @@
       <c r="I15" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>28.36</v>
       </c>
       <c r="Q15" s="4">
-        <v>22.22</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>78.35</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>70</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2512,54 +2512,54 @@
       <c r="I16" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>18.87</v>
       </c>
       <c r="Q16" s="4">
-        <v>14.78</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>78.36</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>70</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2695,54 +2695,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P19" s="4">
         <v>148.83</v>
       </c>
       <c r="Q19" s="4">
-        <v>145.55</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>97.79</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2756,54 +2756,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P20" s="4">
         <v>34.05</v>
       </c>
       <c r="Q20" s="4">
-        <v>26.64</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>78.26</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2817,54 +2817,54 @@
       <c r="I21" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P21" s="4">
         <v>42.86</v>
       </c>
       <c r="Q21" s="4">
-        <v>37.75</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>88.09</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2876,54 +2876,54 @@
         <v>136</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P22" s="4">
         <v>8.19</v>
       </c>
       <c r="Q22" s="4">
-        <v>8.19</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2935,54 +2935,54 @@
         <v>142</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P23" s="4">
         <v>7.69</v>
       </c>
       <c r="Q23" s="4">
-        <v>7.69</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3395,54 +3395,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P31" s="4">
         <v>165.61</v>
       </c>
       <c r="Q31" s="4">
-        <v>161.47</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>97.5</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>97</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3456,54 +3456,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>174</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P32" s="4">
         <v>484.01</v>
       </c>
       <c r="Q32" s="4">
-        <v>299.94</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>61.97</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>88</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3517,54 +3517,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P33" s="4">
         <v>185.52</v>
       </c>
       <c r="Q33" s="4">
-        <v>37.1</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>20</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3578,54 +3578,54 @@
       <c r="I34" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P34" s="4">
         <v>30.28</v>
       </c>
       <c r="Q34" s="4">
-        <v>20.63</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>68.14</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>60</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3639,54 +3639,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P35" s="4">
         <v>686.13</v>
       </c>
       <c r="Q35" s="4">
-        <v>277.92</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>40.51</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>20</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3822,54 +3822,54 @@
       <c r="I38" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>210</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>211</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P38" s="4">
         <v>21.43</v>
       </c>
       <c r="Q38" s="4">
-        <v>20.99</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>97.95</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3883,54 +3883,54 @@
       <c r="I39" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P39" s="4">
         <v>42.86</v>
       </c>
       <c r="Q39" s="4">
-        <v>41.46</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>96.75</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3944,54 +3944,54 @@
       <c r="I40" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P40" s="4">
         <v>42.86</v>
       </c>
       <c r="Q40" s="4">
-        <v>42.11</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>98.26</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -4005,54 +4005,54 @@
       <c r="I41" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>203</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>222</v>
       </c>
       <c r="P41" s="4">
         <v>8.68</v>
       </c>
       <c r="Q41" s="4">
-        <v>8.68</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4066,54 +4066,54 @@
       <c r="I42" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>203</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>224</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>225</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>226</v>
       </c>
       <c r="P42" s="4">
         <v>9.43</v>
       </c>
       <c r="Q42" s="4">
-        <v>9.43</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4127,54 +4127,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P43" s="4">
         <v>420.9</v>
       </c>
       <c r="Q43" s="4">
-        <v>419.12</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.58</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4188,54 +4188,54 @@
       <c r="I44" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>203</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>236</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>237</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>222</v>
       </c>
       <c r="P44" s="4">
         <v>8.68</v>
       </c>
       <c r="Q44" s="4">
-        <v>8.68</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4249,54 +4249,54 @@
       <c r="I45" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>239</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>242</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P45" s="4">
         <v>7.69</v>
       </c>
       <c r="Q45" s="4">
-        <v>7.69</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4310,54 +4310,54 @@
       <c r="I46" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>239</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>242</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P46" s="4">
         <v>8.19</v>
       </c>
       <c r="Q46" s="4">
-        <v>8.19</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>100</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4371,54 +4371,54 @@
       <c r="I47" s="13" t="s">
         <v>219</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>248</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>249</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>250</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>251</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>252</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>226</v>
       </c>
       <c r="P47" s="4">
         <v>9.43</v>
       </c>
       <c r="Q47" s="4">
-        <v>9.43</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4432,54 +4432,54 @@
       <c r="I48" s="13" t="s">
         <v>254</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>257</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>259</v>
       </c>
       <c r="P48" s="4">
         <v>2.92</v>
       </c>
       <c r="Q48" s="4">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4493,54 +4493,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>197</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>261</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>262</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>263</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>264</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P49" s="4">
         <v>4.84</v>
       </c>
       <c r="Q49" s="4">
-        <v>3.69</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>76.24</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4668,54 +4668,54 @@
       <c r="I52" s="13" t="s">
         <v>275</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>276</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>277</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>278</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>279</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>280</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P52" s="4">
         <v>290.77</v>
       </c>
       <c r="Q52" s="4">
-        <v>214.66</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>73.82</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>86</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4729,54 +4729,54 @@
       <c r="I53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>284</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>285</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>286</v>
       </c>
       <c r="P53" s="4">
         <v>325.5</v>
       </c>
       <c r="Q53" s="4">
-        <v>208.82</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>64.15</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>70</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4790,54 +4790,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>290</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>291</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P54" s="4">
         <v>398.76</v>
       </c>
       <c r="Q54" s="4">
-        <v>266.05</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>66.72</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>87</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4851,54 +4851,54 @@
       <c r="I55" s="13" t="s">
         <v>275</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>197</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>293</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>294</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P55" s="4">
         <v>185.75</v>
       </c>
       <c r="Q55" s="4">
-        <v>130.02</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>80</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4912,54 +4912,54 @@
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>296</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>297</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>298</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>299</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>300</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>301</v>
       </c>
       <c r="P56" s="4">
         <v>165.15</v>
       </c>
       <c r="Q56" s="4">
-        <v>139.77</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>84.63</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>95</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4973,54 +4973,54 @@
       <c r="I57" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>303</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>304</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P57" s="4">
         <v>18.86</v>
       </c>
       <c r="Q57" s="4">
-        <v>12.59</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>66.77</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>72</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>91</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5156,54 +5156,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>315</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>316</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>257</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>317</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>318</v>
       </c>
       <c r="P60" s="4">
         <v>39.99</v>
       </c>
       <c r="Q60" s="4">
-        <v>12.38</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>30.97</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>60</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5766,88 +5766,88 @@
       <c r="I70" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>369</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>370</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>371</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>259</v>
       </c>
       <c r="P70" s="4">
         <v>19.43</v>
       </c>
       <c r="Q70" s="4">
-        <v>12.06</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>62.1</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>100</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="7" t="s">
         <v>372</v>
       </c>
       <c r="B71" s="7"/>
       <c r="C71" s="7"/>
       <c r="D71" s="7"/>
       <c r="E71" s="11"/>
       <c r="F71" s="7"/>
       <c r="G71" s="7"/>
       <c r="H71" s="14"/>
       <c r="I71" s="14"/>
       <c r="J71" s="14"/>
       <c r="K71" s="8"/>
       <c r="L71" s="8"/>
       <c r="M71" s="8"/>
       <c r="N71" s="8"/>
       <c r="O71" s="8">
         <v>7097.58</v>
       </c>
       <c r="P71" s="8">
-        <v>2703.5</v>
+        <v>0</v>
       </c>
       <c r="Q71" s="8">
-        <v>38.09</v>
+        <v>0</v>
       </c>
       <c r="R71" s="8"/>
       <c r="S71" s="8"/>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A71:N71"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>