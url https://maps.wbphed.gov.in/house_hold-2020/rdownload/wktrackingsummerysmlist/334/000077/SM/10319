--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -944,797 +944,788 @@
   <si>
     <t>11/04/2023</t>
   </si>
   <si>
     <t>MASSK ENGINEERING WORKS</t>
   </si>
   <si>
     <t>Supply and installation of Voltage Correction device &amp; other allied work for Augmentation of Laxminarayanpur water supply scheme under Bolpur Mechanical Division PHE Dte</t>
   </si>
   <si>
     <t>ORD/000004/2023-2024</t>
   </si>
   <si>
     <t>713/Bol.MD</t>
   </si>
   <si>
     <t>19/04/2023</t>
   </si>
   <si>
     <t>03/06/2023</t>
   </si>
   <si>
     <t>QUAZI NOZRUL ISLAM</t>
   </si>
   <si>
-    <t>Sinking of 1 no. new 200mm dia Tube Well of UPVC pipe 90m deep with fibre glass strainer including connecting main for Kaytha PWSS under Nalhati Sub-Division within Birbhum Division PHED</t>
-[...5 lines deleted...]
-    <t>2080/BHM</t>
+    <t>OPERATION AND GUARDING OF PUMPING MACHINERY AND OTHERS AT AUGMENTATION OF MURARAI WATER SUPPLY SCHEME.UNDER CENTRAL MECHANICAL DIVISION P.H .E DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000060/2023-2024</t>
+  </si>
+  <si>
+    <t>778/AE-III</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>S. K. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Operation and Guarding of Pumping Machinery and others at Augmentation of Bhadrapur Zone-I Water Supply Scheme under Bolpur Mechanical Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000883/2022-2023</t>
+  </si>
+  <si>
+    <t>415/AE-III</t>
+  </si>
+  <si>
+    <t>21/03/2023</t>
+  </si>
+  <si>
+    <t>20/06/2023</t>
+  </si>
+  <si>
+    <t>OPERATION AND GUARDING OF PUMPING MACHINERY AND OTHERS AT AUGMENTATION OF BARA Zone-I WATER SUPPLY SCHEME UNDER CENTRAL MECHANICAL DIVISION P.H .E DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000022/2023-2024</t>
+  </si>
+  <si>
+    <t>653/AE-III</t>
+  </si>
+  <si>
+    <t>26/04/2023</t>
+  </si>
+  <si>
+    <t>26/06/2023</t>
+  </si>
+  <si>
+    <t>SINHA ELECTRICALS</t>
+  </si>
+  <si>
+    <t>Supply, delivery and installation of flow meter at for Augmentation of Laxminarayanpur water Supply under Bolpur Mechanical Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000403/2023-2024</t>
+  </si>
+  <si>
+    <t>1043/AE-III</t>
+  </si>
+  <si>
+    <t>07/08/2023</t>
+  </si>
+  <si>
+    <t>22/08/2023</t>
+  </si>
+  <si>
+    <t>Repairing of pump foundation and allied works at pump House under Augmentation of Bara piped water supply scheme.(Block Nalhati-II) under Bolpur Mechanical Division, PHE. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000533/2023-2024</t>
+  </si>
+  <si>
+    <t>1076/AE-III</t>
+  </si>
+  <si>
+    <t>21/08/2023</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>Sinking of 200 mm dia. 87 mtr. deep Tube well by rotary rig method using UPVC deep well screen (RDS) pipes with Ribs 200 mm dia. At Chatra Zone-II Water Supply Scheme under Nalhati Sub-Division within Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000245/2021-2022</t>
+  </si>
+  <si>
+    <t>444/AE/NSD</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) from existing distribution system in different habitations under Paikar W/S scheme under Nalhati Sub Division within Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000311/2021-2022</t>
+  </si>
+  <si>
+    <t>532/AE/NSD</t>
+  </si>
+  <si>
+    <t>08/10/2021</t>
+  </si>
+  <si>
+    <t>22/11/2021</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) from existing distribution system in different habitations under Paikar Water Supply scheme under Nalhati Sub Division within Birbhum Division, PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000283/2021-2022</t>
+  </si>
+  <si>
+    <t>507/AE/NSD</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>15/11/2021</t>
+  </si>
+  <si>
+    <t>Sinking of 200mm dia 87 m. deep tubewell fitted with PVC pipe and fibre glass Strainer at Bhadrapur Zone-I (near OHR side) PWSS under Nalhati Sub-Division within Birbhum Division,PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000374/2021-2022</t>
+  </si>
+  <si>
+    <t>634/AE/NSD</t>
+  </si>
+  <si>
+    <t>MD. SHAHA JAMAL</t>
+  </si>
+  <si>
+    <t>Sinking of 200mm dia 87 m. deep tubewell fitted with PVC pipe and fibre glass Strainer at Bhadrapur Zone-I (near river side) PWSS under Nalhati Sub-Division within Birbhum Division,PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000375/2021-2022</t>
+  </si>
+  <si>
+    <t>635/AE/NSD</t>
+  </si>
+  <si>
+    <t>Sinking of 200mm dia 87 m. deep tubewell fitted with PVC pipe and fibre glass Strainer at Bhadrapur Zone-II PWSS under Nalhati Sub-Division within Birbhum Division,PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000373/2021-2022</t>
+  </si>
+  <si>
+    <t>633/AE/NSD</t>
+  </si>
+  <si>
+    <t>RAJA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Renovation of Boundary wall at Head Work Site (West Side) at Paikar Water Supply Scheme under Nalhati Sub Division within Birbhum Division Phe.Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000171/2022-2023</t>
+  </si>
+  <si>
+    <t>348/AE/NSD</t>
+  </si>
+  <si>
+    <t>02/09/2022</t>
+  </si>
+  <si>
+    <t>BISWAJIT RABIDAS</t>
+  </si>
+  <si>
+    <t>Supply and installation of Pumps and other electro-mechanical accessories for Augmentation of Rajgram water supply scheme under Bolpur Mechanical Division PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000022/2022-2023</t>
+  </si>
+  <si>
+    <t>421/Bol.M.D</t>
+  </si>
+  <si>
+    <t>12/05/2022</t>
+  </si>
+  <si>
+    <t>26/06/2022</t>
+  </si>
+  <si>
+    <t>Providing Electro-mechanical accessories and others for Augmentation of Bara Zone-I water supply scheme (T.W No.-I), under Bolpur Mechanical Division PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000226/2022-2023</t>
+  </si>
+  <si>
+    <t>856/Bol.MD</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>14/11/2022</t>
+  </si>
+  <si>
+    <t>ORD/000211/2022-2023</t>
+  </si>
+  <si>
+    <t>805/BHM</t>
+  </si>
+  <si>
+    <t>Inter-connection between 2 nos. Tube wells to Pump House at Lohapur Water Supply Scheme under Nalhati Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000379/2022-2023</t>
+  </si>
+  <si>
+    <t>570/NSD</t>
+  </si>
+  <si>
+    <t>02/02/2023</t>
+  </si>
+  <si>
+    <t>Laying distribution system for proposed augmentation scheme for Kaytha piped water supply scheme nalhati-I Block under Birbhum Division PHE Dte. (2nd Call) (Sl.No1)</t>
+  </si>
+  <si>
+    <t>ORD/000344/2022-2023</t>
+  </si>
+  <si>
+    <t>1159/BHM</t>
+  </si>
+  <si>
+    <t>23/05/2022</t>
+  </si>
+  <si>
+    <t>PRANAB KUMAR GHOSH</t>
+  </si>
+  <si>
+    <t>Inter-connection between 2 nos. Tube wells to Pump House near new Head Work site at Augmentation of Murarai Piped Water Supply Scheme under Nalhati Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000381/2022-2023</t>
+  </si>
+  <si>
+    <t>572/NSD</t>
+  </si>
+  <si>
+    <t>Laying distribution system for proposed augmentation scheme for Chatra Piped Water Supply Scheme under Murarai ? I Block, under Birbhum Division, PHE Dte.?(Sl. No.3)</t>
+  </si>
+  <si>
+    <t>ORD/000263/2022-2023</t>
+  </si>
+  <si>
+    <t>957/BHM</t>
+  </si>
+  <si>
+    <t>28/04/2022</t>
+  </si>
+  <si>
+    <t>25/10/2022</t>
+  </si>
+  <si>
+    <t>Providing Electro-mechanical accessories and others for Augmentation of Bhadrapur Zone-I water supply scheme (T.W No.-I), under Bolpur Mechanical Division PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000302/2022-2023</t>
+  </si>
+  <si>
+    <t>965/Bol.MD</t>
+  </si>
+  <si>
+    <t>RAJIB COMPANY</t>
+  </si>
+  <si>
+    <t>Supply and delivery of Sluice Valve for Augmentation of Rajgram W/S Scheme under Birbhum Division, P.H.E. Dte. including loading, carriage and unloading at Birbhum Divisional Store at PHE Complex, Dist.-Birbhum under Birbhum Division, P.H.E. Dte. (2nd Call) (Sl No-1)</t>
+  </si>
+  <si>
+    <t>JE3</t>
+  </si>
+  <si>
+    <t>ORD/000533/2022-2023</t>
+  </si>
+  <si>
+    <t>666//BHM</t>
+  </si>
+  <si>
+    <t>28/02/2023</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>AMRT INDUSTRIES PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Providing Electro-mechanical accessories and others for Augmentation of Lohapur water supply scheme (T.W No.-I), under Bolpur Mechanical Division PHE Dte within Augmentation of Rajgram PWSS, Murarai PWSS, Chatra PWSS, Paikar PWSS, Bhadrapur (Zone-I) PWSS, Kaytha PWSS, Lakshinarayanpur PWSS, Bara PWSS, Lohapur PWSS, Bhadrapur (Zone-II) PWSS under Birbhum Division</t>
+  </si>
+  <si>
+    <t>105/Bol.M.D</t>
+  </si>
+  <si>
+    <t>08/04/2023</t>
+  </si>
+  <si>
+    <t>SHIVAM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Emergent repairing &amp; relaying of 150 mm dia. DI Rising main of Laxminarayanpur PWSS under Nalhati Sub-Division within Birbhum Division, PHED.</t>
+  </si>
+  <si>
+    <t>ORD/000616/2022-2023</t>
+  </si>
+  <si>
+    <t>132/NSD</t>
+  </si>
+  <si>
+    <t>30/04/2023</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000067/2021-2022</t>
+  </si>
+  <si>
+    <t>559/BHM</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000032/2022-2023</t>
+  </si>
+  <si>
+    <t>2291/BHM</t>
+  </si>
+  <si>
+    <t>RTOR000027/2022-2023</t>
+  </si>
+  <si>
+    <t>2295/BHM</t>
+  </si>
+  <si>
+    <t>RTOR000028/2022-2023</t>
+  </si>
+  <si>
+    <t>2289/BHM</t>
+  </si>
+  <si>
+    <t>RTOR000024/2022-2023</t>
+  </si>
+  <si>
+    <t>2207/BHM</t>
+  </si>
+  <si>
+    <t>12/10/2022</t>
+  </si>
+  <si>
+    <t>RTOR000104/2022-2023</t>
+  </si>
+  <si>
+    <t>1121/BHM</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>RTOR000094/2022-2023</t>
+  </si>
+  <si>
+    <t>817/BHM</t>
+  </si>
+  <si>
+    <t>15/03/2023</t>
+  </si>
+  <si>
+    <t>RTOR000176/2023-2024</t>
+  </si>
+  <si>
+    <t>2070/BHM</t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>RTOR000095/2022-2023</t>
+  </si>
+  <si>
+    <t>945/BHM</t>
+  </si>
+  <si>
+    <t>24/03/2023</t>
+  </si>
+  <si>
+    <t>RTOR000183/2023-2024</t>
+  </si>
+  <si>
+    <t>2278/BHM</t>
+  </si>
+  <si>
+    <t>13/07/2023</t>
+  </si>
+  <si>
+    <t>RTOR000196/2023-2024</t>
+  </si>
+  <si>
+    <t>3575/ BHM</t>
+  </si>
+  <si>
+    <t>18/08/2023</t>
+  </si>
+  <si>
+    <t>ELECTRIC QUOTATION BILL FOR BARA WS SCHEME</t>
+  </si>
+  <si>
+    <t>BILL/00009/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-2024-07</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>Sarda Bujung road from 0.00 km to 3.20 km under Birbhum Highway Division-I in the District of Birbhum Restoration work of hard shoulder portion with Jhama metal consolidation and moorum damaged by the PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00107/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-64</t>
   </si>
   <si>
     <t>08/06/2023</t>
   </si>
   <si>
+    <t>SAMSHER HOSSAIN</t>
+  </si>
+  <si>
+    <t>Lohapur Gumani setu with a link to lohapur railway station from 0.00 kmp and from 2.00 kmp to 6.40km under Birbhum Highway Division-I in the district of Birbhum Restoration of Widening.</t>
+  </si>
+  <si>
+    <t>BILL/00090/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-61</t>
+  </si>
+  <si>
+    <t>07/06/2023</t>
+  </si>
+  <si>
+    <t>NATIONAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>wbsedcl quotation for amdol ws scheme</t>
+  </si>
+  <si>
+    <t>BILL/00710/2023-2024</t>
+  </si>
+  <si>
+    <t>28/07/2023</t>
+  </si>
+  <si>
+    <t>Construction of 1000 Cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC pile foundation including pipe connection &amp; allied works for Augmentation of Lohapur Water Supply Scheme under Birbhum Division, PHE Dte. (As per Departmental Drawing).</t>
+  </si>
+  <si>
+    <t>ORD/000239/2022-2023</t>
+  </si>
+  <si>
+    <t>2203/BHM</t>
+  </si>
+  <si>
+    <t>21/10/2022</t>
+  </si>
+  <si>
+    <t>SUNIL RABI DAS</t>
+  </si>
+  <si>
+    <t>Allied work for Extension of Pipe line including FHTC Work along with restoration of PWD &amp; Other Connecting roads for Augmentation of Chatra Water Supply Scheme under Nalhati Sub Division within Birbhum Division P.H.E. Dte. (Sl. No.2)</t>
+  </si>
+  <si>
+    <t>ORD/000409/2022-2023</t>
+  </si>
+  <si>
+    <t>46/BHM</t>
+  </si>
+  <si>
+    <t>04/01/2023</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>Construction of 700 cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC Pile foundation including pipe connection &amp; allied works for augmentation of Chatra W/S Scheme under Nalhati Sub Division with Birbhum Division, PHE Dte.(As per Departmental Drawing</t>
+  </si>
+  <si>
+    <t>ORD/000046/2023-2024</t>
+  </si>
+  <si>
+    <t>1289/BHM</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>18/01/2024</t>
+  </si>
+  <si>
+    <t>RAJGRAM FAV CO OPT LAB CON AND CONST SO LTD</t>
+  </si>
+  <si>
+    <t>Supply and Installation of open well submersible Pumping machinery at existing CWR for Augmentation of Lakshminarayanpur water supply scheme under Bolpur Mechanical Division, PHE. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000358/2023-2024</t>
+  </si>
+  <si>
+    <t>1006/AE-III</t>
+  </si>
+  <si>
+    <t>25/07/2023</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
+  </si>
+  <si>
+    <t>Construction of 400 cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC Raft foundation including pipe connection &amp; allied works for augmentation of Bara Zone II W/S Scheme under Nalhati Sub Division with Birbhum Division, PHE Dte.(As per Departmental Drawing)</t>
+  </si>
+  <si>
+    <t>ORD/000267/2023-2024</t>
+  </si>
+  <si>
+    <t>3521/BHM</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>NABIN DEBNATH</t>
+  </si>
+  <si>
+    <t>Soil Investigation for determination of the safe bearing capacity and other relevant parameters of soil for new OHR site at Bhadrapur (Zone-II) Water Supply Scheme under Nalhati Sub-Division within Birbhum Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000496/2021-2022</t>
+  </si>
+  <si>
+    <t>71/AE/NSD</t>
+  </si>
+  <si>
+    <t>Distribution system Relating to argumentation of Bhadrapur Zone-I Water Supply Scheme under Nalhati - I Block, District- Birbhum, under Birbhum Division, PHE Dte. (Sl. No.-1)</t>
+  </si>
+  <si>
+    <t>JE1,JE2</t>
+  </si>
+  <si>
+    <t>ORD/000711/2021-2022</t>
+  </si>
+  <si>
+    <t>548/BHM</t>
+  </si>
+  <si>
+    <t>07/03/2022</t>
+  </si>
+  <si>
+    <t>02/11/2022</t>
+  </si>
+  <si>
+    <t>Construction of 1000 Cum Capacity and 20.0m Staging Height RCC Over Head Reservoir along with Soil Test and Laying of HDPE pipeline from node point 6 to 13 and node point 272 to 378 and cutting &amp; restoration of concrete road for laying of extension pipeline including FHTC for Augmentation of Murarai w/s Scheme under Nalhati Sub-Division within Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000284/2022-2023</t>
+  </si>
+  <si>
+    <t>2277/BHM</t>
+  </si>
+  <si>
+    <t>19/10/2022</t>
+  </si>
+  <si>
+    <t>19/10/2023</t>
+  </si>
+  <si>
+    <t>Construction of 900cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC pile foundation including pipe connection &amp; allied works for augmentation of Bhadrapur Zone-I W/S Scheme under Birbhum Division, PHE Dte. (As per Departmental Drawing)¿ (Sl. No.1)</t>
+  </si>
+  <si>
+    <t>ORD/000236/2022-2023</t>
+  </si>
+  <si>
+    <t>2467/BHM</t>
+  </si>
+  <si>
+    <t>11/11/2022</t>
+  </si>
+  <si>
+    <t>M/S. JAN MAHAMMAD</t>
+  </si>
+  <si>
+    <t>Inter-connection between 2 nos. Tube wells to Pump House at Bara Zone-I Piped Water Supply Scheme under Nalhati Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000378/2022-2023</t>
+  </si>
+  <si>
+    <t>569/NSD</t>
+  </si>
+  <si>
+    <t>03/05/2023</t>
+  </si>
+  <si>
+    <t>Supply and installation of Pumps and other electro-mechanical accessories for Augmentation of Lohapur water supply scheme (T.W. No.-II), under Bolpur Mechanical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000767/2022-2023</t>
+  </si>
+  <si>
+    <t>426/AE-III</t>
+  </si>
+  <si>
+    <t>SUNIL RABIDAS</t>
+  </si>
+  <si>
+    <t>Emergent repair and replacement of Pipeline below the Railway culvert near Murarai Railway Station with allied works including extension of Pipe line of Murarai Aug. w/s Scheme under Nalhati Sub-Division within Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000102/2023-2024</t>
+  </si>
+  <si>
+    <t>1723/BHM</t>
+  </si>
+  <si>
+    <t>12/05/2023</t>
+  </si>
+  <si>
+    <t>Allied for balance work of distribution pipeline for Dhitora (Part) village including FHTC under Augmentation of Murarai W/S Scheme under Nalhati Sub-division within Birbhum Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000101/2023-2024</t>
+  </si>
+  <si>
+    <t>1722/BHM</t>
+  </si>
+  <si>
+    <t>11/06/2023</t>
+  </si>
+  <si>
+    <t>Construction of 550 cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC Raft foundation including pipe connection &amp; allied works for augmentation of Kaytha W/S Scheme under Na Division hati Sub Division with Birbhum Division, PHE Dte.(As per Departmental Drawing</t>
+  </si>
+  <si>
+    <t>ORD/000017/2023-2024</t>
+  </si>
+  <si>
+    <t>1183/BHM</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>12/01/2024</t>
+  </si>
+  <si>
+    <t>S K CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of 900 cum capacity 20 Mtr. staging height RCC Over Head Reservoir including pile foundation, pipe connection and Allied for balance work of distribution pipeline including 315mm dia HDPE pipeline instead of 350mm dia DI pipeline along with restoration of roads and providing FHTC for Paikar w/s Scheme under Nalhati Sub-Division within Birbhum Division,P.H.E. Dte</t>
+  </si>
+  <si>
+    <t>ORD/000025/2023-2024</t>
+  </si>
+  <si>
+    <t>1100/BHM</t>
+  </si>
+  <si>
+    <t>06/04/2023</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>Allied work for Laying HDPE pipeline instead of DI Pipeline including Dismantling and restoration of Cement Concrete road for Augmentation of Bara Zone-I Water Supply Scheme under Nalhati Sub Division within Birbhum Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000124/2023-2024</t>
+  </si>
+  <si>
+    <t>1978/BHM</t>
+  </si>
+  <si>
+    <t>05/06/2023</t>
+  </si>
+  <si>
+    <t>20/07/2023</t>
+  </si>
+  <si>
+    <t>PASCON</t>
+  </si>
+  <si>
+    <t>Balance work for 160 mm dia HDPE Distribution main for Laksminarayanpur W/S Scheme, under Nalhati Sub Division within Birbhum Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000130/2023-2024</t>
+  </si>
+  <si>
+    <t>1945/BHM</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>16/07/2023</t>
+  </si>
+  <si>
+    <t>Sinking replacement of 200mm dia Tube Well of UPVC pipe 90m deep with fibre glass strainer including connecting main for Lakshminaraynpur PWSS under Nalhati Sub- Division within Birbhum Division PHED.</t>
+  </si>
+  <si>
+    <t>ORD/000131/2023-2024</t>
+  </si>
+  <si>
+    <t>1947/BHM</t>
+  </si>
+  <si>
+    <t>A R ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Sinking of 1 no. new 200mm dia Tube Well of UPVC pipe 90m deep with fibre glass strainer including connecting main for Rajgram PWSS at Jagannathpur CWR site under Nalhati Sub- Division within Birbhum Division PHED.</t>
+  </si>
+  <si>
+    <t>JE2,JE3</t>
+  </si>
+  <si>
+    <t>ORD/000128/2023-2024</t>
+  </si>
+  <si>
+    <t>2073/BHM</t>
+  </si>
+  <si>
     <t>08/07/2023</t>
   </si>
   <si>
-    <t>RAJA CONSTRUCTION</t>
-[...730 lines deleted...]
-  <si>
     <t>AJIMUL ISLAM</t>
   </si>
   <si>
     <t>Laying distribution system for proposed augmentation scheme for Bhadrapur Zone-II Piped Water Supply Scheme under Nalhati-II Block, under Birbhum Division, PHE Dte. (Sl. No.2)</t>
   </si>
   <si>
     <t>ORD/000044/2022-2023</t>
   </si>
   <si>
     <t>806/BHM</t>
   </si>
   <si>
     <t>Supply delivery ,installation of MCC Panel and allied works at High Lift Site of Murarai water supply scheme [within Augmentation of Murarai Water Supply Scheme] under Bolpur Mechanical Division PHE Dte..</t>
   </si>
   <si>
     <t>ORD/000490/2023-2024</t>
   </si>
   <si>
     <t>2251/BOL.MD.</t>
   </si>
   <si>
     <t>13/09/2023</t>
   </si>
   <si>
     <t>12/11/2023</t>
@@ -2057,204 +2048,201 @@
   <si>
     <t>27/09/2022</t>
   </si>
   <si>
     <t>25/04/2023</t>
   </si>
   <si>
     <t>S P CONSTRUCTION</t>
   </si>
   <si>
     <t>ORD/000988/2021-2022</t>
   </si>
   <si>
     <t>647 /BHM</t>
   </si>
   <si>
     <t>Laying distribution system for proposed augmentation scheme for Lohapur piped water supply scheme Nalhati-II Block under Birbhum division, PHE Dte. (Sl. No.5)</t>
   </si>
   <si>
     <t>ORD/000246/2022-2023</t>
   </si>
   <si>
     <t>1151/ BHM</t>
   </si>
   <si>
-    <t>14/11/2023</t>
+    <t>12/05/2024</t>
   </si>
   <si>
     <t>Allied work for Laying of Balance pipe line of different dia as per revised drawing including Jack pushing with restoration of road and pipe carrying stracture along with extension of pipe line and balance FHTC of Augmentation of Lohapur Water Supply Scheme under Nalhati Sub Division within Birbhum Division, PHE Dte.(Sl. No.1)</t>
   </si>
   <si>
     <t>ORD/000483/2022-2023</t>
   </si>
   <si>
     <t>259/BHM</t>
   </si>
   <si>
     <t>30/01/2023</t>
   </si>
   <si>
+    <t>21/09/2024</t>
+  </si>
+  <si>
     <t>Withrawing, Lowering &amp; Cable laying of Submersible Pumping machinery at Laxminarayanpur water supply scheme, under Bolpur Mechanical Division P.H.E. Dte. within Augmentation of Rajgram PWSS, Murarai PWSS, Chatra PWSS, Paikar PWSS, Bhadrapur (Zone-I) PWSS, Kaytha PWSS, Lakshinarayanpur PWSS, Bara PWSS, Lohapur PWSS, Bhadrapur (Zone-II) PWSS under Birbhum Division.</t>
   </si>
   <si>
     <t>ORD/000009/2023-2024</t>
   </si>
   <si>
     <t>553/AE-III</t>
   </si>
   <si>
     <t>05/04/2023</t>
   </si>
   <si>
     <t>MONI ELECTRICAL WORKS</t>
   </si>
   <si>
     <t>Allied works for Laying of 315 mm dia. HDPE pipe line instead of 350 mm dia. D.I. pipe line along with laying of 90 mm dia. HDPE pipe line to the left-out habitations along with restoration of road including Jack Pushing/augor boring of Rajgram (Zone-I) PWSS under Nalhati Sub-Division within Birbhum Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000024/2023-2024</t>
   </si>
   <si>
     <t>1246/BHM</t>
   </si>
   <si>
     <t>17/04/2023</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>Construction of 600 cum capacity 20 Mtr. staging height RCC Over Head Reservoir including raft foundation and Balance work of distribution pipeline including extension of pipeline along with FHTC and restoration of roads for Bhadrapur Z-II w/s Scheme under Nalhati Sub-Division within Birbhum Division,P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000029/2023-2024</t>
   </si>
   <si>
     <t>1107/BHM</t>
   </si>
   <si>
     <t>10/10/2024</t>
   </si>
   <si>
+    <t>Construction of 400 cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC Pile foundation including pipe connection &amp; allied works for augmentation of Bara Zone I W/S Scheme under Nalhati Sub Division with Birbhum Division, PHE Dte.(As per Departmental Drawing</t>
+  </si>
+  <si>
+    <t>ORD/000020/2023-2024</t>
+  </si>
+  <si>
+    <t>1184/BHM</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR DATTA</t>
+  </si>
+  <si>
+    <t>Providing Electro-mechanical accessories including other allied works for Augmentation of Paikar Piped Water Supply Scheme under Bolpur Mechanical Division PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000491/2023-2024</t>
+  </si>
+  <si>
+    <t>2246/Bol.MD</t>
+  </si>
+  <si>
+    <t>06/04/2025</t>
+  </si>
+  <si>
+    <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
+  </si>
+  <si>
+    <t>Distribution system relating to argumentation of Rajgram Zone-II Water Supply Scheme under Murarai-I Block, District- Birbhum, under Birbhum Division, PHE Dte. (Sl. No.-3)</t>
+  </si>
+  <si>
+    <t>ORD/000633/2021-2022</t>
+  </si>
+  <si>
+    <t>550/BHM</t>
+  </si>
+  <si>
+    <t>02/03/2023</t>
+  </si>
+  <si>
+    <t>Allied works for replacement of MS pipe line in place of DI pipe,including restortion of road of Augmentation of Rjgram Water Supply Scheme (Zone-II) under Nalhati Sub-Division within Birbhum Division, PHE Dte. (Sl. No.4)</t>
+  </si>
+  <si>
+    <t>ORD/000354/2022-2023</t>
+  </si>
+  <si>
+    <t>2690/BHM</t>
+  </si>
+  <si>
+    <t>06/12/2022</t>
+  </si>
+  <si>
+    <t>05/05/2023</t>
+  </si>
+  <si>
+    <t>Laying distribution system including FHTC for proposed augmentation scheme for Paikar Piped Water Supply Scheme Mararai-II Block under Birbhum Division PHE Dte (Sl.No. 2)</t>
+  </si>
+  <si>
+    <t>ORD/000343/2022-2023</t>
+  </si>
+  <si>
+    <t>1456/BHM</t>
+  </si>
+  <si>
+    <t>07/07/2022</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
     <t>Allied work for Balance work of distribution Pipe line including FHTC Work along with restoration of PMGSY road Flank &amp; Other Connecting road including dismantling work with Augur Boring for Augmentation of Bara Zone-I Water Supply Scheme under Nalhati Sub Division within Birbhum Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000050/2023-2024</t>
   </si>
   <si>
     <t>1243/BHM</t>
   </si>
   <si>
     <t>30/10/2024</t>
   </si>
   <si>
-    <t>Construction of 400 cum capacity 20mtr. Staging height RCC Over Head Reservoir over RCC Pile foundation including pipe connection &amp; allied works for augmentation of Bara Zone I W/S Scheme under Nalhati Sub Division with Birbhum Division, PHE Dte.(As per Departmental Drawing</t>
-[...83 lines deleted...]
-    <t>01/03/2025</t>
+    <t>Allied work for Balance work of distribution Pipe line including FHTC Work along with restoration of PWD road Flank &amp; Other Connecting road including dismantling work with jack pushing, Augur Boring for Augmentation of Bara Zone-II Water Supply Scheme under Nalhati Sub Division within Birbhum Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000033/2023-2024</t>
+  </si>
+  <si>
+    <t>1099/BHM</t>
+  </si>
+  <si>
+    <t>03/10/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2643,51 +2631,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W157"/>
+  <dimension ref="A1:W156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -6194,209 +6182,209 @@
         <v>14.45</v>
       </c>
       <c r="Q59" s="4">
         <v>14.45</v>
       </c>
       <c r="R59" s="4">
         <v>100</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="13" t="s">
         <v>310</v>
       </c>
       <c r="I60" s="13" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="J60" s="13" t="s">
-        <v>47</v>
+        <v>201</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>311</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>312</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>313</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>314</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>315</v>
       </c>
       <c r="P60" s="4">
-        <v>7.32</v>
+        <v>0.75</v>
       </c>
       <c r="Q60" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>68.58</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="13" t="s">
         <v>316</v>
       </c>
       <c r="I61" s="13" t="s">
-        <v>277</v>
+        <v>200</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>317</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>318</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>319</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>320</v>
       </c>
       <c r="O61" s="4" t="s">
-        <v>321</v>
+        <v>288</v>
       </c>
       <c r="P61" s="4">
-        <v>0.75</v>
+        <v>0.74</v>
       </c>
       <c r="Q61" s="4">
         <v>0</v>
       </c>
       <c r="R61" s="4">
         <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="13" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="I62" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K62" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="L62" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="L62" s="4" t="s">
+      <c r="M62" s="4" t="s">
         <v>324</v>
       </c>
-      <c r="M62" s="4" t="s">
+      <c r="N62" s="4" t="s">
         <v>325</v>
       </c>
-      <c r="N62" s="4" t="s">
+      <c r="O62" s="4" t="s">
         <v>326</v>
       </c>
-      <c r="O62" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P62" s="4">
-        <v>0.74</v>
+        <v>0.5</v>
       </c>
       <c r="Q62" s="4">
         <v>0</v>
       </c>
       <c r="R62" s="4">
         <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>198</v>
@@ -6410,5682 +6398,5621 @@
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="13" t="s">
         <v>327</v>
       </c>
       <c r="I63" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>328</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>329</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>330</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>331</v>
       </c>
       <c r="O63" s="4" t="s">
-        <v>332</v>
+        <v>309</v>
       </c>
       <c r="P63" s="4">
-        <v>0.5</v>
+        <v>2.65</v>
       </c>
       <c r="Q63" s="4">
         <v>0</v>
       </c>
       <c r="R63" s="4">
         <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="13" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I64" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K64" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="L64" s="4" t="s">
         <v>334</v>
       </c>
-      <c r="L64" s="4" t="s">
+      <c r="M64" s="4" t="s">
         <v>335</v>
       </c>
-      <c r="M64" s="4" t="s">
+      <c r="N64" s="4" t="s">
         <v>336</v>
       </c>
-      <c r="N64" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O64" s="4" t="s">
-        <v>309</v>
+        <v>326</v>
       </c>
       <c r="P64" s="4">
-        <v>2.65</v>
+        <v>0.28</v>
       </c>
       <c r="Q64" s="4">
         <v>0</v>
       </c>
       <c r="R64" s="4">
         <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="I65" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J65" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K65" s="4" t="s">
         <v>338</v>
       </c>
-      <c r="I65" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K65" s="4" t="s">
+      <c r="L65" s="4" t="s">
         <v>339</v>
       </c>
-      <c r="L65" s="4" t="s">
+      <c r="M65" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="N65" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="M65" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O65" s="4" t="s">
-        <v>332</v>
+        <v>45</v>
       </c>
       <c r="P65" s="4">
-        <v>0.28</v>
+        <v>4.79</v>
       </c>
       <c r="Q65" s="4">
-        <v>0</v>
+        <v>3.45</v>
       </c>
       <c r="R65" s="4">
-        <v>0</v>
+        <v>71.93</v>
       </c>
       <c r="S65" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="13" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="L66" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="M66" s="4" t="s">
         <v>344</v>
       </c>
-      <c r="L66" s="4" t="s">
+      <c r="N66" s="4" t="s">
         <v>345</v>
       </c>
-      <c r="M66" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O66" s="4" t="s">
-        <v>45</v>
+        <v>227</v>
       </c>
       <c r="P66" s="4">
-        <v>4.79</v>
+        <v>4.74</v>
       </c>
       <c r="Q66" s="4">
-        <v>3.45</v>
+        <v>4.74</v>
       </c>
       <c r="R66" s="4">
-        <v>71.93</v>
+        <v>99.82</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="13" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="I67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="L67" s="4" t="s">
         <v>348</v>
       </c>
-      <c r="L67" s="4" t="s">
+      <c r="M67" s="4" t="s">
         <v>349</v>
       </c>
-      <c r="M67" s="4" t="s">
+      <c r="N67" s="4" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P67" s="4">
-        <v>4.74</v>
+        <v>4.67</v>
       </c>
       <c r="Q67" s="4">
-        <v>4.74</v>
+        <v>4.66</v>
       </c>
       <c r="R67" s="4">
         <v>99.82</v>
       </c>
       <c r="S67" s="4">
         <v>100</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H68" s="13" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K68" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="L68" s="4" t="s">
         <v>353</v>
       </c>
-      <c r="L68" s="4" t="s">
+      <c r="M68" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="N68" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="O68" s="4" t="s">
         <v>354</v>
       </c>
-      <c r="M68" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P68" s="4">
-        <v>4.67</v>
+        <v>4.79</v>
       </c>
       <c r="Q68" s="4">
-        <v>4.66</v>
+        <v>3.48</v>
       </c>
       <c r="R68" s="4">
-        <v>99.82</v>
+        <v>72.59</v>
       </c>
       <c r="S68" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="13" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="I69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K69" s="4" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="L69" s="4" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O69" s="4" t="s">
-        <v>360</v>
+        <v>89</v>
       </c>
       <c r="P69" s="4">
         <v>4.79</v>
       </c>
       <c r="Q69" s="4">
-        <v>3.48</v>
+        <v>3.49</v>
       </c>
       <c r="R69" s="4">
-        <v>72.59</v>
+        <v>72.79</v>
       </c>
       <c r="S69" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="13" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="I70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="L70" s="4" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O70" s="4" t="s">
-        <v>89</v>
+        <v>361</v>
       </c>
       <c r="P70" s="4">
         <v>4.79</v>
       </c>
       <c r="Q70" s="4">
-        <v>3.49</v>
+        <v>3.86</v>
       </c>
       <c r="R70" s="4">
-        <v>72.79</v>
+        <v>80.61</v>
       </c>
       <c r="S70" s="4">
         <v>100</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="13" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="I71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="L71" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M71" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="N71" s="4" t="s">
         <v>365</v>
       </c>
-      <c r="L71" s="4" t="s">
+      <c r="O71" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="M71" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P71" s="4">
-        <v>4.79</v>
+        <v>3.09</v>
       </c>
       <c r="Q71" s="4">
-        <v>3.86</v>
+        <v>3.04</v>
       </c>
       <c r="R71" s="4">
-        <v>80.61</v>
+        <v>98.45</v>
       </c>
       <c r="S71" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="13" t="s">
         <v>367</v>
       </c>
       <c r="I72" s="13" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="J72" s="13" t="s">
-        <v>27</v>
+        <v>201</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>368</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>369</v>
       </c>
       <c r="M72" s="4" t="s">
-        <v>148</v>
+        <v>370</v>
       </c>
       <c r="N72" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="O72" s="4" t="s">
-        <v>371</v>
+        <v>309</v>
       </c>
       <c r="P72" s="4">
-        <v>3.09</v>
+        <v>18.29</v>
       </c>
       <c r="Q72" s="4">
-        <v>3.04</v>
+        <v>18.08</v>
       </c>
       <c r="R72" s="4">
-        <v>98.45</v>
+        <v>98.83</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H73" s="13" t="s">
         <v>372</v>
       </c>
       <c r="I73" s="13" t="s">
-        <v>277</v>
+        <v>200</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>373</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>374</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>375</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>376</v>
       </c>
       <c r="O73" s="4" t="s">
-        <v>309</v>
+        <v>326</v>
       </c>
       <c r="P73" s="4">
-        <v>18.29</v>
+        <v>21.35</v>
       </c>
       <c r="Q73" s="4">
-        <v>18.08</v>
+        <v>20.2</v>
       </c>
       <c r="R73" s="4">
-        <v>98.83</v>
+        <v>94.62</v>
       </c>
       <c r="S73" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="I74" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J74" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K74" s="4" t="s">
         <v>377</v>
       </c>
-      <c r="I74" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K74" s="4" t="s">
+      <c r="L74" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="L74" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M74" s="4" t="s">
-        <v>380</v>
+        <v>61</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>381</v>
+        <v>62</v>
       </c>
       <c r="O74" s="4" t="s">
-        <v>332</v>
+        <v>63</v>
       </c>
       <c r="P74" s="4">
-        <v>21.35</v>
+        <v>397.16</v>
       </c>
       <c r="Q74" s="4">
-        <v>20.2</v>
+        <v>381.86</v>
       </c>
       <c r="R74" s="4">
-        <v>94.62</v>
+        <v>96.15</v>
       </c>
       <c r="S74" s="4">
         <v>100</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="13" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K75" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="L75" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="M75" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="N75" s="4" t="s">
         <v>382</v>
       </c>
-      <c r="L75" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O75" s="4" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="P75" s="4">
-        <v>397.16</v>
+        <v>0.97</v>
       </c>
       <c r="Q75" s="4">
-        <v>381.86</v>
+        <v>0.97</v>
       </c>
       <c r="R75" s="4">
-        <v>96.15</v>
+        <v>99.93</v>
       </c>
       <c r="S75" s="4">
         <v>100</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="13" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K76" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="L76" s="4" t="s">
         <v>385</v>
       </c>
-      <c r="L76" s="4" t="s">
+      <c r="M76" s="4" t="s">
         <v>386</v>
       </c>
-      <c r="M76" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N76" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="O76" s="4" t="s">
         <v>387</v>
       </c>
-      <c r="O76" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P76" s="4">
-        <v>0.97</v>
+        <v>278.72</v>
       </c>
       <c r="Q76" s="4">
-        <v>0.97</v>
+        <v>278.53</v>
       </c>
       <c r="R76" s="4">
         <v>99.93</v>
       </c>
       <c r="S76" s="4">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H77" s="13" t="s">
         <v>388</v>
       </c>
       <c r="I77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J77" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>389</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>390</v>
       </c>
       <c r="M77" s="4" t="s">
-        <v>391</v>
+        <v>216</v>
       </c>
       <c r="N77" s="4" t="s">
-        <v>296</v>
+        <v>382</v>
       </c>
       <c r="O77" s="4" t="s">
-        <v>392</v>
+        <v>144</v>
       </c>
       <c r="P77" s="4">
-        <v>278.72</v>
+        <v>0.97</v>
       </c>
       <c r="Q77" s="4">
-        <v>278.53</v>
+        <v>0.67</v>
       </c>
       <c r="R77" s="4">
-        <v>99.93</v>
+        <v>69.18</v>
       </c>
       <c r="S77" s="4">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="13" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="I78" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J78" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K78" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="L78" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="M78" s="4" t="s">
         <v>394</v>
       </c>
-      <c r="L78" s="4" t="s">
+      <c r="N78" s="4" t="s">
         <v>395</v>
       </c>
-      <c r="M78" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O78" s="4" t="s">
-        <v>144</v>
+        <v>275</v>
       </c>
       <c r="P78" s="4">
-        <v>0.97</v>
+        <v>427.38</v>
       </c>
       <c r="Q78" s="4">
-        <v>0.67</v>
+        <v>427.32</v>
       </c>
       <c r="R78" s="4">
-        <v>69.18</v>
+        <v>99.99</v>
       </c>
       <c r="S78" s="4">
         <v>100</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="13" t="s">
         <v>396</v>
       </c>
       <c r="I79" s="13" t="s">
-        <v>26</v>
+        <v>200</v>
       </c>
       <c r="J79" s="13" t="s">
-        <v>47</v>
+        <v>201</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>397</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>398</v>
       </c>
       <c r="M79" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="N79" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="O79" s="4" t="s">
         <v>399</v>
       </c>
-      <c r="N79" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P79" s="4">
-        <v>427.38</v>
+        <v>21.92</v>
       </c>
       <c r="Q79" s="4">
-        <v>427.32</v>
+        <v>20.7</v>
       </c>
       <c r="R79" s="4">
-        <v>99.99</v>
+        <v>94.45</v>
       </c>
       <c r="S79" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="13" t="s">
+        <v>400</v>
+      </c>
+      <c r="I80" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J80" s="13" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>402</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>403</v>
       </c>
       <c r="M80" s="4" t="s">
-        <v>280</v>
+        <v>404</v>
       </c>
       <c r="N80" s="4" t="s">
-        <v>281</v>
+        <v>405</v>
       </c>
       <c r="O80" s="4" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="P80" s="4">
-        <v>21.92</v>
+        <v>8.42</v>
       </c>
       <c r="Q80" s="4">
-        <v>20.7</v>
+        <v>8.42</v>
       </c>
       <c r="R80" s="4">
-        <v>94.45</v>
+        <v>100</v>
       </c>
       <c r="S80" s="4">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="13" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>406</v>
+        <v>201</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>408</v>
       </c>
       <c r="M81" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="N81" s="4" t="s">
         <v>409</v>
       </c>
-      <c r="N81" s="4" t="s">
+      <c r="O81" s="4" t="s">
         <v>410</v>
       </c>
-      <c r="O81" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P81" s="4">
-        <v>8.42</v>
+        <v>21.47</v>
       </c>
       <c r="Q81" s="4">
-        <v>8.42</v>
+        <v>20.26</v>
       </c>
       <c r="R81" s="4">
-        <v>100</v>
+        <v>94.39</v>
       </c>
       <c r="S81" s="4">
         <v>100</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="13" t="s">
+        <v>411</v>
+      </c>
+      <c r="I82" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J82" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K82" s="4" t="s">
         <v>412</v>
-      </c>
-[...7 lines deleted...]
-        <v>407</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>413</v>
       </c>
       <c r="M82" s="4" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>414</v>
       </c>
       <c r="O82" s="4" t="s">
-        <v>415</v>
+        <v>117</v>
       </c>
       <c r="P82" s="4">
-        <v>21.47</v>
+        <v>0.96</v>
       </c>
       <c r="Q82" s="4">
-        <v>20.26</v>
+        <v>0.69</v>
       </c>
       <c r="R82" s="4">
-        <v>94.39</v>
+        <v>71.87</v>
       </c>
       <c r="S82" s="4">
         <v>100</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="13" t="s">
+        <v>415</v>
+      </c>
+      <c r="I83" s="13"/>
+      <c r="J83" s="13"/>
+      <c r="K83" s="4" t="s">
         <v>416</v>
       </c>
-      <c r="I83" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K83" s="4" t="s">
+      <c r="L83" s="4" t="s">
         <v>417</v>
       </c>
-      <c r="L83" s="4" t="s">
+      <c r="M83" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="N83" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="O83" s="4" t="s">
         <v>418</v>
       </c>
-      <c r="M83" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P83" s="4">
-        <v>0.96</v>
+        <v>1638.42</v>
       </c>
       <c r="Q83" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>71.87</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I84" s="13"/>
       <c r="J84" s="13"/>
       <c r="K84" s="4" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="L84" s="4" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="M84" s="4" t="s">
-        <v>264</v>
+        <v>160</v>
       </c>
       <c r="N84" s="4" t="s">
-        <v>264</v>
+        <v>160</v>
       </c>
       <c r="O84" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P84" s="4">
-        <v>1638.42</v>
+        <v>187.32</v>
       </c>
       <c r="Q84" s="4">
         <v>0</v>
       </c>
       <c r="R84" s="4">
         <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>0</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="13"/>
       <c r="K85" s="4" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="L85" s="4" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O85" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P85" s="4">
-        <v>187.32</v>
+        <v>15.26</v>
       </c>
       <c r="Q85" s="4">
         <v>0</v>
       </c>
       <c r="R85" s="4">
         <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>0</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I86" s="13"/>
       <c r="J86" s="13"/>
       <c r="K86" s="4" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="L86" s="4" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O86" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P86" s="4">
-        <v>15.26</v>
+        <v>115.36</v>
       </c>
       <c r="Q86" s="4">
         <v>0</v>
       </c>
       <c r="R86" s="4">
         <v>0</v>
       </c>
       <c r="S86" s="4">
         <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I87" s="13"/>
       <c r="J87" s="13"/>
       <c r="K87" s="4" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="L87" s="4" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="M87" s="4" t="s">
-        <v>160</v>
+        <v>427</v>
       </c>
       <c r="N87" s="4" t="s">
-        <v>160</v>
+        <v>427</v>
       </c>
       <c r="O87" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P87" s="4">
-        <v>115.36</v>
+        <v>251.49</v>
       </c>
       <c r="Q87" s="4">
         <v>0</v>
       </c>
       <c r="R87" s="4">
         <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I88" s="13"/>
       <c r="J88" s="13"/>
       <c r="K88" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="L88" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="M88" s="4" t="s">
         <v>430</v>
       </c>
-      <c r="L88" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N88" s="4" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="O88" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P88" s="4">
-        <v>251.49</v>
+        <v>32.67</v>
       </c>
       <c r="Q88" s="4">
         <v>0</v>
       </c>
       <c r="R88" s="4">
         <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I89" s="13"/>
       <c r="J89" s="13"/>
       <c r="K89" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="L89" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="M89" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="L89" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N89" s="4" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="O89" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P89" s="4">
-        <v>32.67</v>
+        <v>36.51</v>
       </c>
       <c r="Q89" s="4">
         <v>0</v>
       </c>
       <c r="R89" s="4">
         <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I90" s="13"/>
       <c r="J90" s="13"/>
       <c r="K90" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="L90" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="M90" s="4" t="s">
         <v>436</v>
       </c>
-      <c r="L90" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N90" s="4" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="O90" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P90" s="4">
-        <v>36.51</v>
+        <v>36.96</v>
       </c>
       <c r="Q90" s="4">
         <v>0</v>
       </c>
       <c r="R90" s="4">
         <v>0</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I91" s="13"/>
       <c r="J91" s="13"/>
       <c r="K91" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="L91" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="M91" s="4" t="s">
         <v>439</v>
       </c>
-      <c r="L91" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N91" s="4" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="O91" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P91" s="4">
-        <v>36.96</v>
+        <v>157.64</v>
       </c>
       <c r="Q91" s="4">
         <v>0</v>
       </c>
       <c r="R91" s="4">
         <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>0</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I92" s="13"/>
       <c r="J92" s="13"/>
       <c r="K92" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="L92" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="M92" s="4" t="s">
         <v>442</v>
       </c>
-      <c r="L92" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N92" s="4" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="O92" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P92" s="4">
-        <v>157.64</v>
+        <v>118.06</v>
       </c>
       <c r="Q92" s="4">
         <v>0</v>
       </c>
       <c r="R92" s="4">
         <v>0</v>
       </c>
       <c r="S92" s="4">
         <v>0</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="13" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="I93" s="13"/>
       <c r="J93" s="13"/>
       <c r="K93" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="L93" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="M93" s="4" t="s">
         <v>445</v>
       </c>
-      <c r="L93" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N93" s="4" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="O93" s="4" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="P93" s="4">
-        <v>118.06</v>
+        <v>1.91</v>
       </c>
       <c r="Q93" s="4">
         <v>0</v>
       </c>
       <c r="R93" s="4">
         <v>0</v>
       </c>
       <c r="S93" s="4">
         <v>0</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="13" t="s">
-        <v>420</v>
+        <v>446</v>
       </c>
       <c r="I94" s="13"/>
       <c r="J94" s="13"/>
       <c r="K94" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="L94" s="4" t="s">
         <v>448</v>
       </c>
-      <c r="L94" s="4" t="s">
+      <c r="M94" s="4" t="s">
         <v>449</v>
       </c>
-      <c r="M94" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N94" s="4" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="O94" s="4" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="P94" s="4">
-        <v>1.91</v>
+        <v>1.8</v>
       </c>
       <c r="Q94" s="4">
         <v>0</v>
       </c>
       <c r="R94" s="4">
         <v>0</v>
       </c>
       <c r="S94" s="4">
         <v>0</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="13" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="I95" s="13"/>
       <c r="J95" s="13"/>
       <c r="K95" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="L95" s="4" t="s">
         <v>452</v>
       </c>
-      <c r="L95" s="4" t="s">
+      <c r="M95" s="4" t="s">
         <v>453</v>
       </c>
-      <c r="M95" s="4" t="s">
+      <c r="N95" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="O95" s="4" t="s">
         <v>454</v>
       </c>
-      <c r="N95" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P95" s="4">
-        <v>1.8</v>
+        <v>5.16</v>
       </c>
       <c r="Q95" s="4">
         <v>0</v>
       </c>
       <c r="R95" s="4">
         <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>0</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H96" s="13" t="s">
         <v>455</v>
       </c>
       <c r="I96" s="13"/>
       <c r="J96" s="13"/>
       <c r="K96" s="4" t="s">
         <v>456</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>457</v>
       </c>
       <c r="M96" s="4" t="s">
-        <v>313</v>
+        <v>458</v>
       </c>
       <c r="N96" s="4" t="s">
-        <v>313</v>
+        <v>458</v>
       </c>
       <c r="O96" s="4" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P96" s="4">
-        <v>5.16</v>
+        <v>9.65</v>
       </c>
       <c r="Q96" s="4">
         <v>0</v>
       </c>
       <c r="R96" s="4">
         <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>0</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H97" s="13" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="I97" s="13"/>
       <c r="J97" s="13"/>
       <c r="K97" s="4" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="L97" s="4" t="s">
         <v>461</v>
       </c>
+      <c r="L97" s="4"/>
       <c r="M97" s="4" t="s">
         <v>462</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>462</v>
       </c>
       <c r="O97" s="4" t="s">
-        <v>463</v>
+        <v>232</v>
       </c>
       <c r="P97" s="4">
-        <v>9.65</v>
+        <v>3.65</v>
       </c>
       <c r="Q97" s="4">
         <v>0</v>
       </c>
       <c r="R97" s="4">
         <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>0</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H98" s="13" t="s">
+        <v>463</v>
+      </c>
+      <c r="I98" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J98" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K98" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="I98" s="13"/>
-[...1 lines deleted...]
-      <c r="K98" s="4" t="s">
+      <c r="L98" s="4" t="s">
         <v>465</v>
       </c>
-      <c r="L98" s="4"/>
       <c r="M98" s="4" t="s">
-        <v>466</v>
+        <v>427</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>466</v>
       </c>
       <c r="O98" s="4" t="s">
-        <v>232</v>
+        <v>467</v>
       </c>
       <c r="P98" s="4">
-        <v>3.65</v>
+        <v>200.79</v>
       </c>
       <c r="Q98" s="4">
-        <v>0</v>
+        <v>160.63</v>
       </c>
       <c r="R98" s="4">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="S98" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="13" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="I99" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J99" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K99" s="4" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L99" s="4" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M99" s="4" t="s">
-        <v>432</v>
+        <v>471</v>
       </c>
       <c r="N99" s="4" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="O99" s="4" t="s">
-        <v>471</v>
+        <v>275</v>
       </c>
       <c r="P99" s="4">
-        <v>200.79</v>
+        <v>222.76</v>
       </c>
       <c r="Q99" s="4">
-        <v>160.63</v>
+        <v>90.69</v>
       </c>
       <c r="R99" s="4">
-        <v>80</v>
+        <v>40.71</v>
       </c>
       <c r="S99" s="4">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="13" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="I100" s="13"/>
       <c r="J100" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K100" s="4" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="L100" s="4" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M100" s="4" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="N100" s="4" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="O100" s="4" t="s">
-        <v>275</v>
+        <v>478</v>
       </c>
       <c r="P100" s="4">
-        <v>222.76</v>
+        <v>152.19</v>
       </c>
       <c r="Q100" s="4">
-        <v>90.69</v>
+        <v>148.39</v>
       </c>
       <c r="R100" s="4">
-        <v>40.71</v>
+        <v>97.5</v>
       </c>
       <c r="S100" s="4">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H101" s="13" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="I101" s="13"/>
+        <v>479</v>
+      </c>
+      <c r="I101" s="13" t="s">
+        <v>200</v>
+      </c>
       <c r="J101" s="13" t="s">
-        <v>47</v>
+        <v>201</v>
       </c>
       <c r="K101" s="4" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="L101" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="M101" s="4" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="N101" s="4" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="O101" s="4" t="s">
-        <v>482</v>
+        <v>309</v>
       </c>
       <c r="P101" s="4">
-        <v>152.19</v>
+        <v>1.63</v>
       </c>
       <c r="Q101" s="4">
-        <v>148.39</v>
+        <v>1.29</v>
       </c>
       <c r="R101" s="4">
-        <v>97.5</v>
+        <v>79.34</v>
       </c>
       <c r="S101" s="4">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H102" s="13" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I102" s="13" t="s">
-        <v>200</v>
+        <v>26</v>
       </c>
       <c r="J102" s="13" t="s">
-        <v>201</v>
+        <v>47</v>
       </c>
       <c r="K102" s="4" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="L102" s="4" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="M102" s="4" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="N102" s="4" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="O102" s="4" t="s">
-        <v>309</v>
+        <v>489</v>
       </c>
       <c r="P102" s="4">
-        <v>1.63</v>
+        <v>99.99</v>
       </c>
       <c r="Q102" s="4">
-        <v>1.29</v>
+        <v>79.99</v>
       </c>
       <c r="R102" s="4">
-        <v>79.34</v>
+        <v>80</v>
       </c>
       <c r="S102" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H103" s="13" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="I103" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J103" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K103" s="4" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="L103" s="4" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="M103" s="4" t="s">
-        <v>491</v>
+        <v>67</v>
       </c>
       <c r="N103" s="4" t="s">
-        <v>492</v>
+        <v>68</v>
       </c>
       <c r="O103" s="4" t="s">
-        <v>493</v>
+        <v>83</v>
       </c>
       <c r="P103" s="4">
-        <v>99.99</v>
+        <v>0.99</v>
       </c>
       <c r="Q103" s="4">
-        <v>79.99</v>
+        <v>0.99</v>
       </c>
       <c r="R103" s="4">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="S103" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="13" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="I104" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J104" s="13" t="s">
-        <v>27</v>
+        <v>494</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>495</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>496</v>
       </c>
       <c r="M104" s="4" t="s">
-        <v>67</v>
+        <v>497</v>
       </c>
       <c r="N104" s="4" t="s">
-        <v>68</v>
+        <v>498</v>
       </c>
       <c r="O104" s="4" t="s">
-        <v>83</v>
+        <v>275</v>
       </c>
       <c r="P104" s="4">
-        <v>0.99</v>
+        <v>505.15</v>
       </c>
       <c r="Q104" s="4">
-        <v>0.99</v>
+        <v>183.04</v>
       </c>
       <c r="R104" s="4">
+        <v>36.24</v>
+      </c>
+      <c r="S104" s="4">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H105" s="13" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I105" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J105" s="13" t="s">
-        <v>498</v>
+        <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="L105" s="4" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="M105" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="N105" s="4" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="O105" s="4" t="s">
-        <v>275</v>
+        <v>32</v>
       </c>
       <c r="P105" s="4">
-        <v>505.15</v>
+        <v>720.71</v>
       </c>
       <c r="Q105" s="4">
-        <v>183.04</v>
+        <v>720.69</v>
       </c>
       <c r="R105" s="4">
-        <v>36.24</v>
+        <v>100</v>
       </c>
       <c r="S105" s="4">
         <v>100</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="13" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="I106" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K106" s="4" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="L106" s="4" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="M106" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="N106" s="4" t="s">
-        <v>507</v>
+        <v>487</v>
       </c>
       <c r="O106" s="4" t="s">
-        <v>32</v>
+        <v>508</v>
       </c>
       <c r="P106" s="4">
-        <v>720.71</v>
+        <v>185.25</v>
       </c>
       <c r="Q106" s="4">
-        <v>720.69</v>
+        <v>185.25</v>
       </c>
       <c r="R106" s="4">
         <v>100</v>
       </c>
       <c r="S106" s="4">
         <v>100</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H107" s="13" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I107" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K107" s="4" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="L107" s="4" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M107" s="4" t="s">
-        <v>511</v>
+        <v>216</v>
       </c>
       <c r="N107" s="4" t="s">
-        <v>491</v>
+        <v>512</v>
       </c>
       <c r="O107" s="4" t="s">
-        <v>512</v>
+        <v>140</v>
       </c>
       <c r="P107" s="4">
-        <v>185.25</v>
+        <v>0.97</v>
       </c>
       <c r="Q107" s="4">
-        <v>185.25</v>
+        <v>0.65</v>
       </c>
       <c r="R107" s="4">
-        <v>100</v>
+        <v>67.52</v>
       </c>
       <c r="S107" s="4">
         <v>100</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="13" t="s">
         <v>513</v>
       </c>
       <c r="I108" s="13" t="s">
-        <v>26</v>
+        <v>200</v>
       </c>
       <c r="J108" s="13" t="s">
-        <v>47</v>
+        <v>201</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>514</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>515</v>
       </c>
       <c r="M108" s="4" t="s">
-        <v>216</v>
+        <v>301</v>
       </c>
       <c r="N108" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="O108" s="4" t="s">
         <v>516</v>
       </c>
-      <c r="O108" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P108" s="4">
-        <v>0.97</v>
+        <v>4.34</v>
       </c>
       <c r="Q108" s="4">
-        <v>0.65</v>
+        <v>2.28</v>
       </c>
       <c r="R108" s="4">
-        <v>67.52</v>
+        <v>52.46</v>
       </c>
       <c r="S108" s="4">
         <v>100</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="13" t="s">
         <v>517</v>
       </c>
       <c r="I109" s="13" t="s">
-        <v>200</v>
+        <v>26</v>
       </c>
       <c r="J109" s="13" t="s">
-        <v>201</v>
+        <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>518</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>519</v>
       </c>
       <c r="M109" s="4" t="s">
-        <v>301</v>
+        <v>520</v>
       </c>
       <c r="N109" s="4" t="s">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="O109" s="4" t="s">
-        <v>520</v>
+        <v>32</v>
       </c>
       <c r="P109" s="4">
-        <v>4.34</v>
+        <v>20.14</v>
       </c>
       <c r="Q109" s="4">
-        <v>2.28</v>
+        <v>20.13</v>
       </c>
       <c r="R109" s="4">
-        <v>52.46</v>
+        <v>99.93</v>
       </c>
       <c r="S109" s="4">
         <v>100</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="13" t="s">
         <v>521</v>
       </c>
       <c r="I110" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>522</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>523</v>
       </c>
       <c r="M110" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="N110" s="4" t="s">
         <v>524</v>
       </c>
-      <c r="N110" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O110" s="4" t="s">
-        <v>32</v>
+        <v>178</v>
       </c>
       <c r="P110" s="4">
-        <v>20.14</v>
+        <v>35.04</v>
       </c>
       <c r="Q110" s="4">
-        <v>20.13</v>
+        <v>34.86</v>
       </c>
       <c r="R110" s="4">
-        <v>99.93</v>
+        <v>99.5</v>
       </c>
       <c r="S110" s="4">
         <v>100</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="13" t="s">
         <v>525</v>
       </c>
-      <c r="I111" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111" s="13"/>
       <c r="J111" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>526</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>527</v>
       </c>
       <c r="M111" s="4" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="N111" s="4" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="O111" s="4" t="s">
-        <v>178</v>
+        <v>530</v>
       </c>
       <c r="P111" s="4">
-        <v>35.04</v>
+        <v>142.19</v>
       </c>
       <c r="Q111" s="4">
-        <v>34.86</v>
+        <v>142.19</v>
       </c>
       <c r="R111" s="4">
-        <v>99.5</v>
+        <v>100</v>
       </c>
       <c r="S111" s="4">
         <v>100</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="13" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="I112" s="13"/>
+        <v>531</v>
+      </c>
+      <c r="I112" s="13" t="s">
+        <v>26</v>
+      </c>
       <c r="J112" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="L112" s="4" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="M112" s="4" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="N112" s="4" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="O112" s="4" t="s">
-        <v>534</v>
+        <v>32</v>
       </c>
       <c r="P112" s="4">
-        <v>142.19</v>
+        <v>455.72</v>
       </c>
       <c r="Q112" s="4">
-        <v>142.19</v>
+        <v>336.68</v>
       </c>
       <c r="R112" s="4">
-        <v>100</v>
+        <v>73.88</v>
       </c>
       <c r="S112" s="4">
         <v>100</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H113" s="13" t="s">
-        <v>535</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="I113" s="13"/>
       <c r="J113" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K113" s="4" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="L113" s="4" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M113" s="4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="N113" s="4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="O113" s="4" t="s">
-        <v>32</v>
+        <v>541</v>
       </c>
       <c r="P113" s="4">
-        <v>455.72</v>
+        <v>27.73</v>
       </c>
       <c r="Q113" s="4">
-        <v>336.68</v>
+        <v>27.73</v>
       </c>
       <c r="R113" s="4">
-        <v>73.88</v>
+        <v>99.99</v>
       </c>
       <c r="S113" s="4">
         <v>100</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="13" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="I114" s="13"/>
+        <v>542</v>
+      </c>
+      <c r="I114" s="13" t="s">
+        <v>26</v>
+      </c>
       <c r="J114" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="L114" s="4" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="M114" s="4" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="N114" s="4" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="O114" s="4" t="s">
-        <v>545</v>
+        <v>117</v>
       </c>
       <c r="P114" s="4">
-        <v>27.73</v>
+        <v>37.63</v>
       </c>
       <c r="Q114" s="4">
-        <v>27.73</v>
+        <v>37.48</v>
       </c>
       <c r="R114" s="4">
-        <v>99.99</v>
+        <v>99.6</v>
       </c>
       <c r="S114" s="4">
         <v>100</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="13" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="I115" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J115" s="13" t="s">
-        <v>27</v>
+        <v>494</v>
       </c>
       <c r="K115" s="4" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="L115" s="4" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M115" s="4" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="N115" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="O115" s="4" t="s">
         <v>550</v>
       </c>
-      <c r="O115" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P115" s="4">
-        <v>37.63</v>
+        <v>7.95</v>
       </c>
       <c r="Q115" s="4">
-        <v>37.48</v>
+        <v>4.88</v>
       </c>
       <c r="R115" s="4">
-        <v>99.6</v>
+        <v>61.4</v>
       </c>
       <c r="S115" s="4">
         <v>100</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="13" t="s">
         <v>551</v>
       </c>
       <c r="I116" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J116" s="13" t="s">
-        <v>498</v>
+        <v>552</v>
       </c>
       <c r="K116" s="4" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="L116" s="4" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M116" s="4" t="s">
-        <v>549</v>
+        <v>453</v>
       </c>
       <c r="N116" s="4" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="O116" s="4" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="P116" s="4">
-        <v>7.95</v>
+        <v>6.7</v>
       </c>
       <c r="Q116" s="4">
-        <v>4.88</v>
+        <v>5.54</v>
       </c>
       <c r="R116" s="4">
-        <v>61.4</v>
+        <v>82.65</v>
       </c>
       <c r="S116" s="4">
         <v>100</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="13" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="I117" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J117" s="13" t="s">
-        <v>556</v>
+        <v>27</v>
       </c>
       <c r="K117" s="4" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="L117" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M117" s="4" t="s">
-        <v>313</v>
+        <v>61</v>
       </c>
       <c r="N117" s="4" t="s">
-        <v>314</v>
+        <v>62</v>
       </c>
       <c r="O117" s="4" t="s">
-        <v>559</v>
+        <v>467</v>
       </c>
       <c r="P117" s="4">
-        <v>6.7</v>
+        <v>407.95</v>
       </c>
       <c r="Q117" s="4">
-        <v>5.54</v>
+        <v>400.74</v>
       </c>
       <c r="R117" s="4">
-        <v>82.65</v>
+        <v>98.23</v>
       </c>
       <c r="S117" s="4">
         <v>100</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="13" t="s">
         <v>560</v>
       </c>
       <c r="I118" s="13" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="J118" s="13" t="s">
-        <v>27</v>
+        <v>201</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>561</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>562</v>
       </c>
       <c r="M118" s="4" t="s">
-        <v>61</v>
+        <v>563</v>
       </c>
       <c r="N118" s="4" t="s">
-        <v>62</v>
+        <v>564</v>
       </c>
       <c r="O118" s="4" t="s">
-        <v>471</v>
+        <v>565</v>
       </c>
       <c r="P118" s="4">
-        <v>407.95</v>
+        <v>11.4</v>
       </c>
       <c r="Q118" s="4">
-        <v>400.74</v>
+        <v>11.32</v>
       </c>
       <c r="R118" s="4">
-        <v>98.23</v>
+        <v>99.28</v>
       </c>
       <c r="S118" s="4">
         <v>100</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H119" s="13" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="I119" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J119" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K119" s="4" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="L119" s="4" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="M119" s="4" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="N119" s="4" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="O119" s="4" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="P119" s="4">
-        <v>11.4</v>
+        <v>2.97</v>
       </c>
       <c r="Q119" s="4">
-        <v>11.32</v>
+        <v>2.79</v>
       </c>
       <c r="R119" s="4">
-        <v>99.28</v>
+        <v>93.83</v>
       </c>
       <c r="S119" s="4">
         <v>100</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="13" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="I120" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J120" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K120" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="L120" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="M120" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="N120" s="4" t="s">
         <v>570</v>
       </c>
-      <c r="L120" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O120" s="4" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="P120" s="4">
-        <v>2.97</v>
+        <v>2.05</v>
       </c>
       <c r="Q120" s="4">
-        <v>2.79</v>
+        <v>1.87</v>
       </c>
       <c r="R120" s="4">
-        <v>93.83</v>
+        <v>91.08</v>
       </c>
       <c r="S120" s="4">
         <v>100</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="13" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="I121" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J121" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K121" s="4" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L121" s="4" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="M121" s="4" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="N121" s="4" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="O121" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="P121" s="4">
         <v>2.05</v>
       </c>
       <c r="Q121" s="4">
-        <v>1.87</v>
+        <v>1.85</v>
       </c>
       <c r="R121" s="4">
-        <v>91.08</v>
+        <v>89.91</v>
       </c>
       <c r="S121" s="4">
         <v>100</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H122" s="13" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="I122" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J122" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K122" s="4" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="L122" s="4" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="M122" s="4" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="N122" s="4" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="O122" s="4" t="s">
-        <v>582</v>
+        <v>326</v>
       </c>
       <c r="P122" s="4">
-        <v>2.05</v>
+        <v>4.18</v>
       </c>
       <c r="Q122" s="4">
-        <v>1.85</v>
+        <v>4.18</v>
       </c>
       <c r="R122" s="4">
-        <v>89.91</v>
+        <v>99.92</v>
       </c>
       <c r="S122" s="4">
         <v>100</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H123" s="13" t="s">
         <v>583</v>
       </c>
       <c r="I123" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J123" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>584</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>585</v>
       </c>
       <c r="M123" s="4" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="N123" s="4" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="O123" s="4" t="s">
-        <v>332</v>
+        <v>586</v>
       </c>
       <c r="P123" s="4">
-        <v>4.18</v>
+        <v>2.33</v>
       </c>
       <c r="Q123" s="4">
-        <v>4.18</v>
+        <v>2.17</v>
       </c>
       <c r="R123" s="4">
-        <v>99.92</v>
+        <v>93.13</v>
       </c>
       <c r="S123" s="4">
         <v>100</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="13" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="I124" s="13" t="s">
-        <v>277</v>
+        <v>200</v>
       </c>
       <c r="J124" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K124" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="L124" s="4" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M124" s="4" t="s">
-        <v>572</v>
+        <v>590</v>
       </c>
       <c r="N124" s="4" t="s">
-        <v>573</v>
+        <v>591</v>
       </c>
       <c r="O124" s="4" t="s">
-        <v>589</v>
+        <v>516</v>
       </c>
       <c r="P124" s="4">
-        <v>2.33</v>
+        <v>0.68</v>
       </c>
       <c r="Q124" s="4">
-        <v>2.17</v>
+        <v>0.68</v>
       </c>
       <c r="R124" s="4">
-        <v>93.13</v>
+        <v>100</v>
       </c>
       <c r="S124" s="4">
         <v>100</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="13" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I125" s="13" t="s">
-        <v>200</v>
+        <v>277</v>
       </c>
       <c r="J125" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K125" s="4" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="L125" s="4" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="M125" s="4" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="N125" s="4" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="O125" s="4" t="s">
-        <v>520</v>
+        <v>309</v>
       </c>
       <c r="P125" s="4">
-        <v>0.68</v>
+        <v>2.44</v>
       </c>
       <c r="Q125" s="4">
-        <v>0.68</v>
+        <v>2.4</v>
       </c>
       <c r="R125" s="4">
-        <v>100</v>
+        <v>98.5</v>
       </c>
       <c r="S125" s="4">
         <v>100</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H126" s="13" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="I126" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J126" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K126" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="L126" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="M126" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="N126" s="4" t="s">
         <v>596</v>
       </c>
-      <c r="L126" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O126" s="4" t="s">
-        <v>309</v>
+        <v>600</v>
       </c>
       <c r="P126" s="4">
-        <v>2.44</v>
+        <v>3.62</v>
       </c>
       <c r="Q126" s="4">
-        <v>2.4</v>
+        <v>3.6</v>
       </c>
       <c r="R126" s="4">
-        <v>98.5</v>
+        <v>99.51</v>
       </c>
       <c r="S126" s="4">
         <v>100</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H127" s="13" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="I127" s="13" t="s">
-        <v>277</v>
+        <v>200</v>
       </c>
       <c r="J127" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K127" s="4" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L127" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="M127" s="4" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="N127" s="4" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="O127" s="4" t="s">
-        <v>603</v>
+        <v>326</v>
       </c>
       <c r="P127" s="4">
-        <v>3.62</v>
+        <v>9.13</v>
       </c>
       <c r="Q127" s="4">
-        <v>3.6</v>
+        <v>9.1</v>
       </c>
       <c r="R127" s="4">
-        <v>99.51</v>
+        <v>99.67</v>
       </c>
       <c r="S127" s="4">
         <v>100</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="13" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="I128" s="13" t="s">
-        <v>200</v>
+        <v>607</v>
       </c>
       <c r="J128" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K128" s="4" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="L128" s="4" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="M128" s="4" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="N128" s="4" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="O128" s="4" t="s">
-        <v>332</v>
+        <v>612</v>
       </c>
       <c r="P128" s="4">
-        <v>9.13</v>
+        <v>2.42</v>
       </c>
       <c r="Q128" s="4">
-        <v>9.1</v>
+        <v>2.42</v>
       </c>
       <c r="R128" s="4">
-        <v>99.67</v>
+        <v>100</v>
       </c>
       <c r="S128" s="4">
         <v>100</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="13" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="I129" s="13" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="J129" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K129" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="L129" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="M129" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="N129" s="4" t="s">
         <v>611</v>
       </c>
-      <c r="L129" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O129" s="4" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P129" s="4">
-        <v>2.42</v>
+        <v>1.89</v>
       </c>
       <c r="Q129" s="4">
-        <v>2.42</v>
+        <v>1.89</v>
       </c>
       <c r="R129" s="4">
         <v>100</v>
       </c>
       <c r="S129" s="4">
         <v>100</v>
       </c>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="13" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="I130" s="13" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="J130" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K130" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="L130" s="4" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="M130" s="4" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="N130" s="4" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="O130" s="4" t="s">
-        <v>619</v>
+        <v>600</v>
       </c>
       <c r="P130" s="4">
-        <v>1.89</v>
+        <v>2.16</v>
       </c>
       <c r="Q130" s="4">
-        <v>1.89</v>
+        <v>2.16</v>
       </c>
       <c r="R130" s="4">
         <v>100</v>
       </c>
       <c r="S130" s="4">
         <v>100</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="13" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="I131" s="13" t="s">
-        <v>610</v>
+        <v>200</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K131" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="L131" s="4" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="M131" s="4" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="N131" s="4" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="O131" s="4" t="s">
-        <v>603</v>
+        <v>627</v>
       </c>
       <c r="P131" s="4">
-        <v>2.16</v>
+        <v>2.98</v>
       </c>
       <c r="Q131" s="4">
-        <v>2.16</v>
+        <v>2.98</v>
       </c>
       <c r="R131" s="4">
         <v>100</v>
       </c>
       <c r="S131" s="4">
         <v>100</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="13" t="s">
-        <v>625</v>
-[...6 lines deleted...]
-      </c>
+        <v>628</v>
+      </c>
+      <c r="I132" s="13"/>
+      <c r="J132" s="13"/>
       <c r="K132" s="4" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="L132" s="4" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="M132" s="4" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="N132" s="4" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="O132" s="4" t="s">
-        <v>630</v>
+        <v>232</v>
       </c>
       <c r="P132" s="4">
-        <v>2.98</v>
+        <v>3.4</v>
       </c>
       <c r="Q132" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R132" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S132" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="13" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="I133" s="13"/>
       <c r="J133" s="13"/>
       <c r="K133" s="4" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="L133" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M133" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="N133" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="O133" s="4" t="s">
-        <v>232</v>
+        <v>636</v>
       </c>
       <c r="P133" s="4">
-        <v>3.4</v>
+        <v>4.51</v>
       </c>
       <c r="Q133" s="4">
         <v>0</v>
       </c>
       <c r="R133" s="4">
         <v>0</v>
       </c>
       <c r="S133" s="4">
         <v>0</v>
       </c>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="3"/>
       <c r="D134" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="13" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="I134" s="13"/>
       <c r="J134" s="13"/>
       <c r="K134" s="4" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="L134" s="4" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="M134" s="4" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="N134" s="4" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="O134" s="4" t="s">
-        <v>639</v>
+        <v>232</v>
       </c>
       <c r="P134" s="4">
-        <v>4.51</v>
+        <v>0.09</v>
       </c>
       <c r="Q134" s="4">
         <v>0</v>
       </c>
       <c r="R134" s="4">
         <v>0</v>
       </c>
       <c r="S134" s="4">
         <v>0</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3"/>
       <c r="D135" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="13" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="I135" s="13"/>
       <c r="J135" s="13"/>
       <c r="K135" s="4" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="L135" s="4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M135" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="N135" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="O135" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P135" s="4">
-        <v>0.09</v>
+        <v>0.45</v>
       </c>
       <c r="Q135" s="4">
         <v>0</v>
       </c>
       <c r="R135" s="4">
         <v>0</v>
       </c>
       <c r="S135" s="4">
         <v>0</v>
       </c>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C136" s="3"/>
       <c r="D136" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="13" t="s">
         <v>644</v>
       </c>
       <c r="I136" s="13"/>
       <c r="J136" s="13"/>
       <c r="K136" s="4" t="s">
         <v>645</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>646</v>
       </c>
       <c r="M136" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="N136" s="4" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="O136" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P136" s="4">
-        <v>0.45</v>
+        <v>3.22</v>
       </c>
       <c r="Q136" s="4">
         <v>0</v>
       </c>
       <c r="R136" s="4">
         <v>0</v>
       </c>
       <c r="S136" s="4">
         <v>0</v>
       </c>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="3"/>
       <c r="D137" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="13" t="s">
         <v>647</v>
       </c>
       <c r="I137" s="13"/>
       <c r="J137" s="13"/>
       <c r="K137" s="4" t="s">
         <v>648</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>649</v>
       </c>
       <c r="M137" s="4" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="N137" s="4" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="O137" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P137" s="4">
-        <v>3.22</v>
+        <v>6.71</v>
       </c>
       <c r="Q137" s="4">
         <v>0</v>
       </c>
       <c r="R137" s="4">
         <v>0</v>
       </c>
       <c r="S137" s="4">
         <v>0</v>
       </c>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C138" s="3"/>
       <c r="D138" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="13" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="I138" s="13"/>
       <c r="J138" s="13"/>
       <c r="K138" s="4" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="L138" s="4" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="M138" s="4" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="N138" s="4" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="O138" s="4" t="s">
-        <v>232</v>
+        <v>636</v>
       </c>
       <c r="P138" s="4">
-        <v>6.71</v>
+        <v>2.24</v>
       </c>
       <c r="Q138" s="4">
         <v>0</v>
       </c>
       <c r="R138" s="4">
         <v>0</v>
       </c>
       <c r="S138" s="4">
         <v>0</v>
       </c>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C139" s="3"/>
       <c r="D139" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="13" t="s">
         <v>654</v>
       </c>
-      <c r="I139" s="13"/>
-      <c r="J139" s="13"/>
+      <c r="I139" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J139" s="13" t="s">
+        <v>552</v>
+      </c>
       <c r="K139" s="4" t="s">
         <v>655</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>656</v>
       </c>
       <c r="M139" s="4" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="N139" s="4" t="s">
-        <v>653</v>
+        <v>466</v>
       </c>
       <c r="O139" s="4" t="s">
-        <v>639</v>
+        <v>467</v>
       </c>
       <c r="P139" s="4">
-        <v>2.24</v>
+        <v>108.04</v>
       </c>
       <c r="Q139" s="4">
-        <v>0</v>
+        <v>98.47</v>
       </c>
       <c r="R139" s="4">
-        <v>0</v>
+        <v>91.14</v>
       </c>
       <c r="S139" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3"/>
       <c r="D140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="13" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="I140" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J140" s="13" t="s">
-        <v>556</v>
+        <v>27</v>
       </c>
       <c r="K140" s="4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="L140" s="4" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="M140" s="4" t="s">
-        <v>660</v>
+        <v>61</v>
       </c>
       <c r="N140" s="4" t="s">
-        <v>470</v>
+        <v>661</v>
       </c>
       <c r="O140" s="4" t="s">
-        <v>471</v>
+        <v>541</v>
       </c>
       <c r="P140" s="4">
-        <v>108.04</v>
+        <v>297.86</v>
       </c>
       <c r="Q140" s="4">
-        <v>98.47</v>
+        <v>254.09</v>
       </c>
       <c r="R140" s="4">
-        <v>91.14</v>
+        <v>85.31</v>
       </c>
       <c r="S140" s="4">
         <v>100</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="13" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="I141" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J141" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K141" s="4" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="L141" s="4" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="M141" s="4" t="s">
-        <v>61</v>
+        <v>665</v>
       </c>
       <c r="N141" s="4" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="O141" s="4" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="P141" s="4">
-        <v>297.86</v>
+        <v>392.49</v>
       </c>
       <c r="Q141" s="4">
-        <v>254.09</v>
+        <v>374.9</v>
       </c>
       <c r="R141" s="4">
-        <v>85.31</v>
+        <v>95.52</v>
       </c>
       <c r="S141" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="13" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="I142" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J142" s="13" t="s">
-        <v>47</v>
+        <v>552</v>
       </c>
       <c r="K142" s="4" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="L142" s="4" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="M142" s="4" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="N142" s="4" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="O142" s="4" t="s">
-        <v>545</v>
+        <v>672</v>
       </c>
       <c r="P142" s="4">
-        <v>392.49</v>
+        <v>4.98</v>
       </c>
       <c r="Q142" s="4">
-        <v>374.9</v>
+        <v>0</v>
       </c>
       <c r="R142" s="4">
-        <v>95.52</v>
+        <v>0</v>
       </c>
       <c r="S142" s="4">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C143" s="3"/>
       <c r="D143" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="13" t="s">
-        <v>670</v>
+        <v>265</v>
       </c>
       <c r="I143" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J143" s="13" t="s">
-        <v>556</v>
+        <v>401</v>
       </c>
       <c r="K143" s="4" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="L143" s="4" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="M143" s="4" t="s">
-        <v>673</v>
+        <v>268</v>
       </c>
       <c r="N143" s="4" t="s">
-        <v>674</v>
+        <v>269</v>
       </c>
       <c r="O143" s="4" t="s">
-        <v>675</v>
+        <v>63</v>
       </c>
       <c r="P143" s="4">
-        <v>4.98</v>
+        <v>309.72</v>
       </c>
       <c r="Q143" s="4">
-        <v>0</v>
+        <v>1.21</v>
       </c>
       <c r="R143" s="4">
-        <v>0</v>
+        <v>0.39</v>
       </c>
       <c r="S143" s="4">
         <v>100</v>
       </c>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C144" s="3"/>
       <c r="D144" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="13" t="s">
-        <v>265</v>
+        <v>675</v>
       </c>
       <c r="I144" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J144" s="13" t="s">
-        <v>406</v>
+        <v>47</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>676</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>677</v>
       </c>
       <c r="M144" s="4" t="s">
-        <v>268</v>
+        <v>386</v>
       </c>
       <c r="N144" s="4" t="s">
-        <v>269</v>
+        <v>678</v>
       </c>
       <c r="O144" s="4" t="s">
-        <v>63</v>
+        <v>467</v>
       </c>
       <c r="P144" s="4">
-        <v>309.72</v>
+        <v>408.25</v>
       </c>
       <c r="Q144" s="4">
-        <v>1.21</v>
+        <v>295.52</v>
       </c>
       <c r="R144" s="4">
-        <v>0.39</v>
+        <v>72.39</v>
       </c>
       <c r="S144" s="4">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C145" s="3"/>
       <c r="D145" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H145" s="13" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="I145" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J145" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K145" s="4" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="L145" s="4" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="M145" s="4" t="s">
-        <v>391</v>
+        <v>682</v>
       </c>
       <c r="N145" s="4" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="O145" s="4" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="P145" s="4">
-        <v>408.25</v>
+        <v>325.53</v>
       </c>
       <c r="Q145" s="4">
-        <v>295.52</v>
+        <v>302.1</v>
       </c>
       <c r="R145" s="4">
-        <v>72.39</v>
+        <v>92.8</v>
       </c>
       <c r="S145" s="4">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C146" s="3"/>
       <c r="D146" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="13" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="I146" s="13" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="J146" s="13" t="s">
-        <v>47</v>
+        <v>201</v>
       </c>
       <c r="K146" s="4" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="L146" s="4" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="M146" s="4" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="N146" s="4" t="s">
-        <v>320</v>
+        <v>671</v>
       </c>
       <c r="O146" s="4" t="s">
-        <v>471</v>
+        <v>688</v>
       </c>
       <c r="P146" s="4">
-        <v>325.53</v>
+        <v>2.83</v>
       </c>
       <c r="Q146" s="4">
-        <v>302.1</v>
+        <v>2.81</v>
       </c>
       <c r="R146" s="4">
-        <v>92.8</v>
+        <v>99.1</v>
       </c>
       <c r="S146" s="4">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H147" s="13" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="I147" s="13" t="s">
-        <v>277</v>
+        <v>26</v>
       </c>
       <c r="J147" s="13" t="s">
-        <v>201</v>
+        <v>401</v>
       </c>
       <c r="K147" s="4" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="L147" s="4" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="M147" s="4" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="N147" s="4" t="s">
-        <v>674</v>
+        <v>693</v>
       </c>
       <c r="O147" s="4" t="s">
-        <v>690</v>
+        <v>63</v>
       </c>
       <c r="P147" s="4">
-        <v>2.83</v>
+        <v>177.06</v>
       </c>
       <c r="Q147" s="4">
-        <v>2.81</v>
+        <v>138.63</v>
       </c>
       <c r="R147" s="4">
-        <v>99.1</v>
+        <v>78.3</v>
       </c>
       <c r="S147" s="4">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="13" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="I148" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J148" s="13" t="s">
-        <v>406</v>
+        <v>27</v>
       </c>
       <c r="K148" s="4" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="L148" s="4" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="M148" s="4" t="s">
-        <v>694</v>
+        <v>430</v>
       </c>
       <c r="N148" s="4" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="O148" s="4" t="s">
-        <v>63</v>
+        <v>467</v>
       </c>
       <c r="P148" s="4">
-        <v>177.06</v>
+        <v>229.46</v>
       </c>
       <c r="Q148" s="4">
-        <v>138.63</v>
+        <v>176.75</v>
       </c>
       <c r="R148" s="4">
-        <v>78.3</v>
+        <v>77.03</v>
       </c>
       <c r="S148" s="4">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="13" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="I149" s="13"/>
       <c r="J149" s="13" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="K149" s="4" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="L149" s="4" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="M149" s="4" t="s">
-        <v>435</v>
+        <v>528</v>
       </c>
       <c r="N149" s="4" t="s">
-        <v>699</v>
+        <v>529</v>
       </c>
       <c r="O149" s="4" t="s">
-        <v>471</v>
+        <v>701</v>
       </c>
       <c r="P149" s="4">
-        <v>229.46</v>
+        <v>112</v>
       </c>
       <c r="Q149" s="4">
-        <v>176.75</v>
+        <v>21.67</v>
       </c>
       <c r="R149" s="4">
-        <v>77.03</v>
+        <v>19.35</v>
       </c>
       <c r="S149" s="4">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="13" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="I150" s="13" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="J150" s="13" t="s">
-        <v>47</v>
+        <v>201</v>
       </c>
       <c r="K150" s="4" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="L150" s="4" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="M150" s="4" t="s">
-        <v>694</v>
+        <v>563</v>
       </c>
       <c r="N150" s="4" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="O150" s="4" t="s">
-        <v>545</v>
+        <v>706</v>
       </c>
       <c r="P150" s="4">
-        <v>97.58</v>
+        <v>32.14</v>
       </c>
       <c r="Q150" s="4">
-        <v>96.01</v>
+        <v>18.5</v>
       </c>
       <c r="R150" s="4">
-        <v>98.39</v>
+        <v>57.58</v>
       </c>
       <c r="S150" s="4">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="13" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="I151" s="13"/>
+        <v>707</v>
+      </c>
+      <c r="I151" s="13" t="s">
+        <v>26</v>
+      </c>
       <c r="J151" s="13" t="s">
-        <v>47</v>
+        <v>552</v>
       </c>
       <c r="K151" s="4" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="L151" s="4" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="M151" s="4" t="s">
-        <v>532</v>
+        <v>497</v>
       </c>
       <c r="N151" s="4" t="s">
-        <v>533</v>
+        <v>710</v>
       </c>
       <c r="O151" s="4" t="s">
-        <v>707</v>
+        <v>672</v>
       </c>
       <c r="P151" s="4">
-        <v>112</v>
+        <v>401.32</v>
       </c>
       <c r="Q151" s="4">
-        <v>21.67</v>
+        <v>341.17</v>
       </c>
       <c r="R151" s="4">
-        <v>19.35</v>
+        <v>85.01</v>
       </c>
       <c r="S151" s="4">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="13" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="I152" s="13" t="s">
-        <v>277</v>
+        <v>26</v>
       </c>
       <c r="J152" s="13" t="s">
-        <v>201</v>
+        <v>552</v>
       </c>
       <c r="K152" s="4" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="L152" s="4" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="M152" s="4" t="s">
-        <v>566</v>
+        <v>714</v>
       </c>
       <c r="N152" s="4" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="O152" s="4" t="s">
-        <v>712</v>
+        <v>672</v>
       </c>
       <c r="P152" s="4">
-        <v>32.14</v>
+        <v>195.67</v>
       </c>
       <c r="Q152" s="4">
-        <v>18.5</v>
+        <v>143.47</v>
       </c>
       <c r="R152" s="4">
-        <v>57.58</v>
+        <v>73.32</v>
       </c>
       <c r="S152" s="4">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C153" s="3"/>
       <c r="D153" s="3" t="s">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="E153" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="13" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="I153" s="13" t="s">
-        <v>610</v>
+        <v>26</v>
       </c>
       <c r="J153" s="13" t="s">
-        <v>201</v>
+        <v>27</v>
       </c>
       <c r="K153" s="4" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L153" s="4" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M153" s="4" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="N153" s="4" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="O153" s="4" t="s">
-        <v>718</v>
+        <v>32</v>
       </c>
       <c r="P153" s="4">
-        <v>6.89</v>
+        <v>663.22</v>
       </c>
       <c r="Q153" s="4">
-        <v>0</v>
+        <v>548.85</v>
       </c>
       <c r="R153" s="4">
-        <v>0</v>
+        <v>82.76</v>
       </c>
       <c r="S153" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C154" s="3"/>
       <c r="D154" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E154" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="13" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="I154" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J154" s="13" t="s">
-        <v>556</v>
+        <v>47</v>
       </c>
       <c r="K154" s="4" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="L154" s="4" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="M154" s="4" t="s">
-        <v>501</v>
+        <v>692</v>
       </c>
       <c r="N154" s="4" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="O154" s="4" t="s">
-        <v>675</v>
+        <v>541</v>
       </c>
       <c r="P154" s="4">
-        <v>401.32</v>
+        <v>97.58</v>
       </c>
       <c r="Q154" s="4">
-        <v>341.17</v>
+        <v>96.01</v>
       </c>
       <c r="R154" s="4">
-        <v>85.01</v>
+        <v>98.39</v>
       </c>
       <c r="S154" s="4">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C155" s="3"/>
       <c r="D155" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E155" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="13" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="I155" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J155" s="13" t="s">
-        <v>556</v>
+        <v>47</v>
       </c>
       <c r="K155" s="4" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="L155" s="4" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="M155" s="4" t="s">
-        <v>726</v>
+        <v>534</v>
       </c>
       <c r="N155" s="4" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O155" s="4" t="s">
-        <v>675</v>
+        <v>63</v>
       </c>
       <c r="P155" s="4">
-        <v>195.67</v>
+        <v>199.45</v>
       </c>
       <c r="Q155" s="4">
-        <v>143.47</v>
+        <v>183.16</v>
       </c>
       <c r="R155" s="4">
-        <v>73.32</v>
+        <v>91.83</v>
       </c>
       <c r="S155" s="4">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
-      <c r="A156" s="3">
-[...27 lines deleted...]
-      <c r="K156" s="4" t="s">
+      <c r="A156" s="7" t="s">
         <v>729</v>
       </c>
-      <c r="L156" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B156" s="7"/>
+      <c r="C156" s="7"/>
+      <c r="D156" s="7"/>
+      <c r="E156" s="11"/>
+      <c r="F156" s="7"/>
+      <c r="G156" s="7"/>
+      <c r="H156" s="14"/>
+      <c r="I156" s="14"/>
+      <c r="J156" s="14"/>
+      <c r="K156" s="8"/>
+      <c r="L156" s="8"/>
+      <c r="M156" s="8"/>
+      <c r="N156" s="8"/>
+      <c r="O156" s="8">
+        <v>14457.84</v>
+      </c>
+      <c r="P156" s="8">
+        <v>8032.64</v>
+      </c>
+      <c r="Q156" s="8">
+        <v>55.56</v>
+      </c>
+      <c r="R156" s="8"/>
+      <c r="S156" s="8"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
-    <row r="157" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A157:N157"/>
+    <mergeCell ref="A156:N156"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>