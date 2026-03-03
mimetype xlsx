--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -2794,54 +2794,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>392.31</v>
       </c>
       <c r="Q3" s="4">
-        <v>229.36</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>58.46</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>72</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2855,54 +2855,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -3097,54 +3097,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>397.16</v>
       </c>
       <c r="Q8" s="4">
-        <v>13.66</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>3.44</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -3158,54 +3158,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>0.99</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -3219,54 +3219,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>0.99</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -3280,54 +3280,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>0.99</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -3341,54 +3341,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>0.98</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -3402,54 +3402,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>0.99</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -3463,54 +3463,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>0.63</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -3524,54 +3524,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P15" s="4">
         <v>0.99</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -3585,54 +3585,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P16" s="4">
         <v>4.82</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>97.83</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>50</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -3644,54 +3644,54 @@
         <v>100</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>0.97</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -3764,54 +3764,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P19" s="4">
         <v>39.25</v>
       </c>
       <c r="Q19" s="4">
-        <v>39.25</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -3825,54 +3825,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P20" s="4">
         <v>4.84</v>
       </c>
       <c r="Q20" s="4">
-        <v>4.84</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -3886,54 +3886,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P21" s="4">
         <v>3.3</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.82</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>85.56</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>98</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -3947,54 +3947,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P22" s="4">
         <v>4.83</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>89.77</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>99</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -4008,54 +4008,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="4">
         <v>4.8</v>
       </c>
       <c r="Q23" s="4">
-        <v>4.37</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>91.02</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -4069,54 +4069,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P24" s="4">
         <v>4.79</v>
       </c>
       <c r="Q24" s="4">
-        <v>3.54</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>73.77</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -4130,54 +4130,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P25" s="4">
         <v>4.99</v>
       </c>
       <c r="Q25" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -4191,54 +4191,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P26" s="4">
         <v>4.97</v>
       </c>
       <c r="Q26" s="4">
-        <v>4.95</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -4252,54 +4252,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P27" s="4">
         <v>4.99</v>
       </c>
       <c r="Q27" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -4311,54 +4311,54 @@
         <v>161</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P28" s="4">
         <v>4.99</v>
       </c>
       <c r="Q28" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -4370,54 +4370,54 @@
         <v>167</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P29" s="4">
         <v>4.99</v>
       </c>
       <c r="Q29" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -4431,54 +4431,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P30" s="4">
         <v>0.32</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.18</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>56.8</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>72</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -4492,54 +4492,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P31" s="4">
         <v>4.97</v>
       </c>
       <c r="Q31" s="4">
-        <v>4.89</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>98.33</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -4553,54 +4553,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P32" s="4">
         <v>4.83</v>
       </c>
       <c r="Q32" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>80.73</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>97</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -4614,54 +4614,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="4">
         <v>4.79</v>
       </c>
       <c r="Q33" s="4">
-        <v>4.04</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>84.31</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>96</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -4675,54 +4675,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P34" s="4">
         <v>4.99</v>
       </c>
       <c r="Q34" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -4736,54 +4736,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P35" s="4">
         <v>4.84</v>
       </c>
       <c r="Q35" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>98.74</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -4797,54 +4797,54 @@
       <c r="I36" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P36" s="4">
         <v>2.35</v>
       </c>
       <c r="Q36" s="4">
-        <v>2.33</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.13</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -4858,54 +4858,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P37" s="4">
         <v>4.82</v>
       </c>
       <c r="Q37" s="4">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>91.5</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -4919,54 +4919,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>216</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P38" s="4">
         <v>4.84</v>
       </c>
       <c r="Q38" s="4">
-        <v>4.28</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>88.4</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -4980,54 +4980,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>220</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>221</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P39" s="4">
         <v>4.84</v>
       </c>
       <c r="Q39" s="4">
-        <v>4.46</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>92.2</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -5041,54 +5041,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P40" s="4">
         <v>4.84</v>
       </c>
       <c r="Q40" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>99.53</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -5613,54 +5613,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>262</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P50" s="4">
         <v>76.15</v>
       </c>
       <c r="Q50" s="4">
-        <v>75.9</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -5674,54 +5674,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>264</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P51" s="4">
         <v>392.31</v>
       </c>
       <c r="Q51" s="4">
-        <v>151.92</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>38.72</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>42</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -5735,54 +5735,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>266</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>267</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>268</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>269</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P52" s="4">
         <v>309.72</v>
       </c>
       <c r="Q52" s="4">
-        <v>308.51</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -5796,54 +5796,54 @@
       <c r="I53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>271</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>272</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>273</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>274</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P53" s="4">
         <v>160.74</v>
       </c>
       <c r="Q53" s="4">
-        <v>159.95</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>100</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -5857,54 +5857,54 @@
       <c r="I54" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>281</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>282</v>
       </c>
       <c r="P54" s="4">
         <v>20.95</v>
       </c>
       <c r="Q54" s="4">
-        <v>19.72</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>94.13</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>60</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -5918,54 +5918,54 @@
       <c r="I55" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>284</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>285</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>286</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>287</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>288</v>
       </c>
       <c r="P55" s="4">
         <v>9.82</v>
       </c>
       <c r="Q55" s="4">
-        <v>7.84</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>79.88</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>91</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -5979,54 +5979,54 @@
       <c r="I56" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>290</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>291</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>286</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>287</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>292</v>
       </c>
       <c r="P56" s="4">
         <v>12.93</v>
       </c>
       <c r="Q56" s="4">
-        <v>10.62</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>82.12</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>95</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -6038,54 +6038,54 @@
         <v>293</v>
       </c>
       <c r="I57" s="13"/>
       <c r="J57" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>294</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>295</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>296</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>297</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P57" s="4">
         <v>96.04</v>
       </c>
       <c r="Q57" s="4">
-        <v>61.29</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>63.82</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -6160,54 +6160,54 @@
       <c r="I59" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>305</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>306</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>307</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>308</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>309</v>
       </c>
       <c r="P59" s="4">
         <v>14.45</v>
       </c>
       <c r="Q59" s="4">
-        <v>14.45</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -6526,54 +6526,54 @@
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>338</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>339</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>340</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P65" s="4">
         <v>4.79</v>
       </c>
       <c r="Q65" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>71.93</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>100</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -6587,54 +6587,54 @@
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>342</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>343</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>344</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>345</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P66" s="4">
         <v>4.74</v>
       </c>
       <c r="Q66" s="4">
-        <v>4.74</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -6648,54 +6648,54 @@
       <c r="I67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>347</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>348</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>349</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>350</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P67" s="4">
         <v>4.67</v>
       </c>
       <c r="Q67" s="4">
-        <v>4.66</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>100</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -6709,54 +6709,54 @@
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>352</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>353</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>354</v>
       </c>
       <c r="P68" s="4">
         <v>4.79</v>
       </c>
       <c r="Q68" s="4">
-        <v>3.48</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>72.59</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>50</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -6770,54 +6770,54 @@
       <c r="I69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>356</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>357</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P69" s="4">
         <v>4.79</v>
       </c>
       <c r="Q69" s="4">
-        <v>3.49</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>72.79</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>100</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -6831,54 +6831,54 @@
       <c r="I70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>359</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>360</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>361</v>
       </c>
       <c r="P70" s="4">
         <v>4.79</v>
       </c>
       <c r="Q70" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>80.61</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>100</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6892,54 +6892,54 @@
       <c r="I71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>363</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>364</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>365</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>366</v>
       </c>
       <c r="P71" s="4">
         <v>3.09</v>
       </c>
       <c r="Q71" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>98.45</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6953,54 +6953,54 @@
       <c r="I72" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>368</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>369</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>370</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>371</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>309</v>
       </c>
       <c r="P72" s="4">
         <v>18.29</v>
       </c>
       <c r="Q72" s="4">
-        <v>18.08</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>98.83</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -7014,54 +7014,54 @@
       <c r="I73" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>373</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>374</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>375</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>376</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>326</v>
       </c>
       <c r="P73" s="4">
         <v>21.35</v>
       </c>
       <c r="Q73" s="4">
-        <v>20.2</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>94.62</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>100</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -7075,54 +7075,54 @@
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>377</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>378</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P74" s="4">
         <v>397.16</v>
       </c>
       <c r="Q74" s="4">
-        <v>381.86</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>96.15</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>100</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -7136,54 +7136,54 @@
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>380</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>381</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>382</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P75" s="4">
         <v>0.97</v>
       </c>
       <c r="Q75" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>100</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -7197,54 +7197,54 @@
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>384</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>385</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>386</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>296</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>387</v>
       </c>
       <c r="P76" s="4">
         <v>278.72</v>
       </c>
       <c r="Q76" s="4">
-        <v>278.53</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>95</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -7258,54 +7258,54 @@
       <c r="I77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>389</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>390</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>382</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P77" s="4">
         <v>0.97</v>
       </c>
       <c r="Q77" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>69.18</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>100</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -7319,54 +7319,54 @@
       <c r="I78" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>392</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>393</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>394</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>395</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P78" s="4">
         <v>427.38</v>
       </c>
       <c r="Q78" s="4">
-        <v>427.32</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>100</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -7380,54 +7380,54 @@
       <c r="I79" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>397</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>398</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>281</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>399</v>
       </c>
       <c r="P79" s="4">
         <v>21.92</v>
       </c>
       <c r="Q79" s="4">
-        <v>20.7</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>94.45</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>80</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -7441,54 +7441,54 @@
       <c r="I80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>401</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>402</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>403</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>404</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>405</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>406</v>
       </c>
       <c r="P80" s="4">
         <v>8.42</v>
       </c>
       <c r="Q80" s="4">
-        <v>8.42</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>100</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -7502,54 +7502,54 @@
       <c r="I81" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>402</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>408</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>286</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>409</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>410</v>
       </c>
       <c r="P81" s="4">
         <v>21.47</v>
       </c>
       <c r="Q81" s="4">
-        <v>20.26</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>94.39</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>100</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -7563,54 +7563,54 @@
       <c r="I82" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>412</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>413</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>296</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>414</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P82" s="4">
         <v>0.96</v>
       </c>
       <c r="Q82" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>71.87</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>100</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -8477,54 +8477,54 @@
       <c r="I98" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J98" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>464</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>465</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>427</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>466</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>467</v>
       </c>
       <c r="P98" s="4">
         <v>200.79</v>
       </c>
       <c r="Q98" s="4">
-        <v>160.63</v>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="S98" s="4">
         <v>40</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
@@ -8538,54 +8538,54 @@
       <c r="I99" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J99" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>469</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>470</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>471</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>472</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P99" s="4">
         <v>222.76</v>
       </c>
       <c r="Q99" s="4">
-        <v>90.69</v>
+        <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>40.71</v>
+        <v>0</v>
       </c>
       <c r="S99" s="4">
         <v>61</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
@@ -8597,54 +8597,54 @@
         <v>473</v>
       </c>
       <c r="I100" s="13"/>
       <c r="J100" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>474</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>475</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>476</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>477</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>478</v>
       </c>
       <c r="P100" s="4">
         <v>152.19</v>
       </c>
       <c r="Q100" s="4">
-        <v>148.39</v>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>97.5</v>
+        <v>0</v>
       </c>
       <c r="S100" s="4">
         <v>82</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
@@ -8658,54 +8658,54 @@
       <c r="I101" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J101" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>480</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>481</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>482</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>483</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>309</v>
       </c>
       <c r="P101" s="4">
         <v>1.63</v>
       </c>
       <c r="Q101" s="4">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>79.34</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>100</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -8719,54 +8719,54 @@
       <c r="I102" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J102" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>485</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>486</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>487</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>488</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>489</v>
       </c>
       <c r="P102" s="4">
         <v>99.99</v>
       </c>
       <c r="Q102" s="4">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>80</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -8780,54 +8780,54 @@
       <c r="I103" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J103" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>491</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>492</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P103" s="4">
         <v>0.99</v>
       </c>
       <c r="Q103" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S103" s="4">
         <v>0</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
@@ -8841,54 +8841,54 @@
       <c r="I104" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J104" s="13" t="s">
         <v>494</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>495</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>496</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>497</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>498</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P104" s="4">
         <v>505.15</v>
       </c>
       <c r="Q104" s="4">
-        <v>183.04</v>
+        <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>36.24</v>
+        <v>0</v>
       </c>
       <c r="S104" s="4">
         <v>100</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
@@ -8902,54 +8902,54 @@
       <c r="I105" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J105" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>500</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>501</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>502</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>503</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P105" s="4">
         <v>720.71</v>
       </c>
       <c r="Q105" s="4">
-        <v>720.69</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>100</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -8963,54 +8963,54 @@
       <c r="I106" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>505</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>506</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>507</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>487</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>508</v>
       </c>
       <c r="P106" s="4">
         <v>185.25</v>
       </c>
       <c r="Q106" s="4">
-        <v>185.25</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>100</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -9024,54 +9024,54 @@
       <c r="I107" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>510</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>511</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>512</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P107" s="4">
         <v>0.97</v>
       </c>
       <c r="Q107" s="4">
-        <v>0.65</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>67.52</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>100</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -9085,54 +9085,54 @@
       <c r="I108" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J108" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>514</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>515</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>301</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>516</v>
       </c>
       <c r="P108" s="4">
         <v>4.34</v>
       </c>
       <c r="Q108" s="4">
-        <v>2.28</v>
+        <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>52.46</v>
+        <v>0</v>
       </c>
       <c r="S108" s="4">
         <v>100</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -9146,54 +9146,54 @@
       <c r="I109" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>518</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>519</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>520</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>325</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P109" s="4">
         <v>20.14</v>
       </c>
       <c r="Q109" s="4">
-        <v>20.13</v>
+        <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>100</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -9207,54 +9207,54 @@
       <c r="I110" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>522</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>523</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>520</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>524</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P110" s="4">
         <v>35.04</v>
       </c>
       <c r="Q110" s="4">
-        <v>34.86</v>
+        <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>99.5</v>
+        <v>0</v>
       </c>
       <c r="S110" s="4">
         <v>100</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
@@ -9266,54 +9266,54 @@
         <v>525</v>
       </c>
       <c r="I111" s="13"/>
       <c r="J111" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>526</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>527</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>528</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>529</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>530</v>
       </c>
       <c r="P111" s="4">
         <v>142.19</v>
       </c>
       <c r="Q111" s="4">
-        <v>142.19</v>
+        <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S111" s="4">
         <v>100</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -9327,54 +9327,54 @@
       <c r="I112" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J112" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>532</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>533</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>534</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>535</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P112" s="4">
         <v>455.72</v>
       </c>
       <c r="Q112" s="4">
-        <v>336.68</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>73.88</v>
+        <v>0</v>
       </c>
       <c r="S112" s="4">
         <v>100</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -9386,54 +9386,54 @@
         <v>536</v>
       </c>
       <c r="I113" s="13"/>
       <c r="J113" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>537</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>538</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>539</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>540</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>541</v>
       </c>
       <c r="P113" s="4">
         <v>27.73</v>
       </c>
       <c r="Q113" s="4">
-        <v>27.73</v>
+        <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S113" s="4">
         <v>100</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -9447,54 +9447,54 @@
       <c r="I114" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J114" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>543</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>544</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>545</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>546</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P114" s="4">
         <v>37.63</v>
       </c>
       <c r="Q114" s="4">
-        <v>37.48</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>99.6</v>
+        <v>0</v>
       </c>
       <c r="S114" s="4">
         <v>100</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -9508,54 +9508,54 @@
       <c r="I115" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J115" s="13" t="s">
         <v>494</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>548</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>549</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>545</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>546</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>550</v>
       </c>
       <c r="P115" s="4">
         <v>7.95</v>
       </c>
       <c r="Q115" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>61.4</v>
+        <v>0</v>
       </c>
       <c r="S115" s="4">
         <v>100</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -9569,54 +9569,54 @@
       <c r="I116" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J116" s="13" t="s">
         <v>552</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>553</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>554</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>453</v>
       </c>
       <c r="N116" s="4" t="s">
         <v>555</v>
       </c>
       <c r="O116" s="4" t="s">
         <v>556</v>
       </c>
       <c r="P116" s="4">
         <v>6.7</v>
       </c>
       <c r="Q116" s="4">
-        <v>5.54</v>
+        <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>82.65</v>
+        <v>0</v>
       </c>
       <c r="S116" s="4">
         <v>100</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
@@ -9630,54 +9630,54 @@
       <c r="I117" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J117" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>558</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>559</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>467</v>
       </c>
       <c r="P117" s="4">
         <v>407.95</v>
       </c>
       <c r="Q117" s="4">
-        <v>400.74</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>98.23</v>
+        <v>0</v>
       </c>
       <c r="S117" s="4">
         <v>100</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -9691,54 +9691,54 @@
       <c r="I118" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J118" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>561</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>562</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>563</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>564</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>565</v>
       </c>
       <c r="P118" s="4">
         <v>11.4</v>
       </c>
       <c r="Q118" s="4">
-        <v>11.32</v>
+        <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>99.28</v>
+        <v>0</v>
       </c>
       <c r="S118" s="4">
         <v>100</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
@@ -9752,54 +9752,54 @@
       <c r="I119" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J119" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>567</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>568</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>569</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>570</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>571</v>
       </c>
       <c r="P119" s="4">
         <v>2.97</v>
       </c>
       <c r="Q119" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R119" s="4">
-        <v>93.83</v>
+        <v>0</v>
       </c>
       <c r="S119" s="4">
         <v>100</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
@@ -9813,54 +9813,54 @@
       <c r="I120" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J120" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>573</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>574</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>569</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>570</v>
       </c>
       <c r="O120" s="4" t="s">
         <v>575</v>
       </c>
       <c r="P120" s="4">
         <v>2.05</v>
       </c>
       <c r="Q120" s="4">
-        <v>1.87</v>
+        <v>0</v>
       </c>
       <c r="R120" s="4">
-        <v>91.08</v>
+        <v>0</v>
       </c>
       <c r="S120" s="4">
         <v>100</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
@@ -9874,54 +9874,54 @@
       <c r="I121" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J121" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>577</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>578</v>
       </c>
       <c r="M121" s="4" t="s">
         <v>569</v>
       </c>
       <c r="N121" s="4" t="s">
         <v>570</v>
       </c>
       <c r="O121" s="4" t="s">
         <v>579</v>
       </c>
       <c r="P121" s="4">
         <v>2.05</v>
       </c>
       <c r="Q121" s="4">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="R121" s="4">
-        <v>89.91</v>
+        <v>0</v>
       </c>
       <c r="S121" s="4">
         <v>100</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
@@ -9935,54 +9935,54 @@
       <c r="I122" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J122" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>581</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>582</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>569</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>570</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>326</v>
       </c>
       <c r="P122" s="4">
         <v>4.18</v>
       </c>
       <c r="Q122" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R122" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S122" s="4">
         <v>100</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
@@ -9996,54 +9996,54 @@
       <c r="I123" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J123" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>584</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>585</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>569</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>570</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>586</v>
       </c>
       <c r="P123" s="4">
         <v>2.33</v>
       </c>
       <c r="Q123" s="4">
-        <v>2.17</v>
+        <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>93.13</v>
+        <v>0</v>
       </c>
       <c r="S123" s="4">
         <v>100</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -10057,54 +10057,54 @@
       <c r="I124" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J124" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>588</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>589</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>590</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>591</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>516</v>
       </c>
       <c r="P124" s="4">
         <v>0.68</v>
       </c>
       <c r="Q124" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S124" s="4">
         <v>100</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
@@ -10118,54 +10118,54 @@
       <c r="I125" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J125" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>593</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>594</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>595</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>596</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>309</v>
       </c>
       <c r="P125" s="4">
         <v>2.44</v>
       </c>
       <c r="Q125" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>98.5</v>
+        <v>0</v>
       </c>
       <c r="S125" s="4">
         <v>100</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
@@ -10179,54 +10179,54 @@
       <c r="I126" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J126" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>598</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>599</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>595</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>596</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>600</v>
       </c>
       <c r="P126" s="4">
         <v>3.62</v>
       </c>
       <c r="Q126" s="4">
-        <v>3.6</v>
+        <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S126" s="4">
         <v>100</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
@@ -10240,54 +10240,54 @@
       <c r="I127" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J127" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>602</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>603</v>
       </c>
       <c r="M127" s="4" t="s">
         <v>604</v>
       </c>
       <c r="N127" s="4" t="s">
         <v>605</v>
       </c>
       <c r="O127" s="4" t="s">
         <v>326</v>
       </c>
       <c r="P127" s="4">
         <v>9.13</v>
       </c>
       <c r="Q127" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>99.67</v>
+        <v>0</v>
       </c>
       <c r="S127" s="4">
         <v>100</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
@@ -10301,54 +10301,54 @@
       <c r="I128" s="13" t="s">
         <v>607</v>
       </c>
       <c r="J128" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>608</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>609</v>
       </c>
       <c r="M128" s="4" t="s">
         <v>610</v>
       </c>
       <c r="N128" s="4" t="s">
         <v>611</v>
       </c>
       <c r="O128" s="4" t="s">
         <v>612</v>
       </c>
       <c r="P128" s="4">
         <v>2.42</v>
       </c>
       <c r="Q128" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="R128" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S128" s="4">
         <v>100</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
@@ -10362,54 +10362,54 @@
       <c r="I129" s="13" t="s">
         <v>607</v>
       </c>
       <c r="J129" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>614</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>615</v>
       </c>
       <c r="M129" s="4" t="s">
         <v>610</v>
       </c>
       <c r="N129" s="4" t="s">
         <v>611</v>
       </c>
       <c r="O129" s="4" t="s">
         <v>616</v>
       </c>
       <c r="P129" s="4">
         <v>1.89</v>
       </c>
       <c r="Q129" s="4">
-        <v>1.89</v>
+        <v>0</v>
       </c>
       <c r="R129" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S129" s="4">
         <v>100</v>
       </c>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
@@ -10423,54 +10423,54 @@
       <c r="I130" s="13" t="s">
         <v>607</v>
       </c>
       <c r="J130" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>618</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>619</v>
       </c>
       <c r="M130" s="4" t="s">
         <v>620</v>
       </c>
       <c r="N130" s="4" t="s">
         <v>621</v>
       </c>
       <c r="O130" s="4" t="s">
         <v>600</v>
       </c>
       <c r="P130" s="4">
         <v>2.16</v>
       </c>
       <c r="Q130" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R130" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S130" s="4">
         <v>100</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
@@ -10484,54 +10484,54 @@
       <c r="I131" s="13" t="s">
         <v>200</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>623</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>624</v>
       </c>
       <c r="M131" s="4" t="s">
         <v>625</v>
       </c>
       <c r="N131" s="4" t="s">
         <v>626</v>
       </c>
       <c r="O131" s="4" t="s">
         <v>627</v>
       </c>
       <c r="P131" s="4">
         <v>2.98</v>
       </c>
       <c r="Q131" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R131" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S131" s="4">
         <v>100</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
@@ -10944,54 +10944,54 @@
       <c r="I139" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J139" s="13" t="s">
         <v>552</v>
       </c>
       <c r="K139" s="4" t="s">
         <v>655</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>656</v>
       </c>
       <c r="M139" s="4" t="s">
         <v>657</v>
       </c>
       <c r="N139" s="4" t="s">
         <v>466</v>
       </c>
       <c r="O139" s="4" t="s">
         <v>467</v>
       </c>
       <c r="P139" s="4">
         <v>108.04</v>
       </c>
       <c r="Q139" s="4">
-        <v>98.47</v>
+        <v>0</v>
       </c>
       <c r="R139" s="4">
-        <v>91.14</v>
+        <v>0</v>
       </c>
       <c r="S139" s="4">
         <v>100</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3"/>
       <c r="D140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
@@ -11005,54 +11005,54 @@
       <c r="I140" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J140" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>659</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>660</v>
       </c>
       <c r="M140" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N140" s="4" t="s">
         <v>661</v>
       </c>
       <c r="O140" s="4" t="s">
         <v>541</v>
       </c>
       <c r="P140" s="4">
         <v>297.86</v>
       </c>
       <c r="Q140" s="4">
-        <v>254.09</v>
+        <v>0</v>
       </c>
       <c r="R140" s="4">
-        <v>85.31</v>
+        <v>0</v>
       </c>
       <c r="S140" s="4">
         <v>100</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
@@ -11066,54 +11066,54 @@
       <c r="I141" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J141" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>663</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>664</v>
       </c>
       <c r="M141" s="4" t="s">
         <v>665</v>
       </c>
       <c r="N141" s="4" t="s">
         <v>666</v>
       </c>
       <c r="O141" s="4" t="s">
         <v>541</v>
       </c>
       <c r="P141" s="4">
         <v>392.49</v>
       </c>
       <c r="Q141" s="4">
-        <v>374.9</v>
+        <v>0</v>
       </c>
       <c r="R141" s="4">
-        <v>95.52</v>
+        <v>0</v>
       </c>
       <c r="S141" s="4">
         <v>80</v>
       </c>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
@@ -11188,54 +11188,54 @@
       <c r="I143" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J143" s="13" t="s">
         <v>401</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>673</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>674</v>
       </c>
       <c r="M143" s="4" t="s">
         <v>268</v>
       </c>
       <c r="N143" s="4" t="s">
         <v>269</v>
       </c>
       <c r="O143" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P143" s="4">
         <v>309.72</v>
       </c>
       <c r="Q143" s="4">
-        <v>1.21</v>
+        <v>0</v>
       </c>
       <c r="R143" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="S143" s="4">
         <v>100</v>
       </c>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C144" s="3"/>
       <c r="D144" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
@@ -11249,54 +11249,54 @@
       <c r="I144" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J144" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>676</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>677</v>
       </c>
       <c r="M144" s="4" t="s">
         <v>386</v>
       </c>
       <c r="N144" s="4" t="s">
         <v>678</v>
       </c>
       <c r="O144" s="4" t="s">
         <v>467</v>
       </c>
       <c r="P144" s="4">
         <v>408.25</v>
       </c>
       <c r="Q144" s="4">
-        <v>295.52</v>
+        <v>0</v>
       </c>
       <c r="R144" s="4">
-        <v>72.39</v>
+        <v>0</v>
       </c>
       <c r="S144" s="4">
         <v>89</v>
       </c>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C145" s="3"/>
       <c r="D145" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
@@ -11310,54 +11310,54 @@
       <c r="I145" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J145" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>680</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>681</v>
       </c>
       <c r="M145" s="4" t="s">
         <v>682</v>
       </c>
       <c r="N145" s="4" t="s">
         <v>683</v>
       </c>
       <c r="O145" s="4" t="s">
         <v>467</v>
       </c>
       <c r="P145" s="4">
         <v>325.53</v>
       </c>
       <c r="Q145" s="4">
-        <v>302.1</v>
+        <v>0</v>
       </c>
       <c r="R145" s="4">
-        <v>92.8</v>
+        <v>0</v>
       </c>
       <c r="S145" s="4">
         <v>93</v>
       </c>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C146" s="3"/>
       <c r="D146" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
@@ -11371,54 +11371,54 @@
       <c r="I146" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J146" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>685</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>686</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>687</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>671</v>
       </c>
       <c r="O146" s="4" t="s">
         <v>688</v>
       </c>
       <c r="P146" s="4">
         <v>2.83</v>
       </c>
       <c r="Q146" s="4">
-        <v>2.81</v>
+        <v>0</v>
       </c>
       <c r="R146" s="4">
-        <v>99.1</v>
+        <v>0</v>
       </c>
       <c r="S146" s="4">
         <v>100</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
@@ -11432,54 +11432,54 @@
       <c r="I147" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J147" s="13" t="s">
         <v>401</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>690</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>691</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>692</v>
       </c>
       <c r="N147" s="4" t="s">
         <v>693</v>
       </c>
       <c r="O147" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P147" s="4">
         <v>177.06</v>
       </c>
       <c r="Q147" s="4">
-        <v>138.63</v>
+        <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>78.3</v>
+        <v>0</v>
       </c>
       <c r="S147" s="4">
         <v>96</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
@@ -11493,54 +11493,54 @@
       <c r="I148" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J148" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>695</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>696</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>430</v>
       </c>
       <c r="N148" s="4" t="s">
         <v>697</v>
       </c>
       <c r="O148" s="4" t="s">
         <v>467</v>
       </c>
       <c r="P148" s="4">
         <v>229.46</v>
       </c>
       <c r="Q148" s="4">
-        <v>176.75</v>
+        <v>0</v>
       </c>
       <c r="R148" s="4">
-        <v>77.03</v>
+        <v>0</v>
       </c>
       <c r="S148" s="4">
         <v>100</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
@@ -11552,54 +11552,54 @@
         <v>698</v>
       </c>
       <c r="I149" s="13"/>
       <c r="J149" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>699</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>700</v>
       </c>
       <c r="M149" s="4" t="s">
         <v>528</v>
       </c>
       <c r="N149" s="4" t="s">
         <v>529</v>
       </c>
       <c r="O149" s="4" t="s">
         <v>701</v>
       </c>
       <c r="P149" s="4">
         <v>112</v>
       </c>
       <c r="Q149" s="4">
-        <v>21.67</v>
+        <v>0</v>
       </c>
       <c r="R149" s="4">
-        <v>19.35</v>
+        <v>0</v>
       </c>
       <c r="S149" s="4">
         <v>65</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
         <v>198</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
@@ -11613,54 +11613,54 @@
       <c r="I150" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J150" s="13" t="s">
         <v>201</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>703</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>704</v>
       </c>
       <c r="M150" s="4" t="s">
         <v>563</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>705</v>
       </c>
       <c r="O150" s="4" t="s">
         <v>706</v>
       </c>
       <c r="P150" s="4">
         <v>32.14</v>
       </c>
       <c r="Q150" s="4">
-        <v>18.5</v>
+        <v>0</v>
       </c>
       <c r="R150" s="4">
-        <v>57.58</v>
+        <v>0</v>
       </c>
       <c r="S150" s="4">
         <v>70</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
@@ -11674,54 +11674,54 @@
       <c r="I151" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J151" s="13" t="s">
         <v>552</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>708</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>709</v>
       </c>
       <c r="M151" s="4" t="s">
         <v>497</v>
       </c>
       <c r="N151" s="4" t="s">
         <v>710</v>
       </c>
       <c r="O151" s="4" t="s">
         <v>672</v>
       </c>
       <c r="P151" s="4">
         <v>401.32</v>
       </c>
       <c r="Q151" s="4">
-        <v>341.17</v>
+        <v>0</v>
       </c>
       <c r="R151" s="4">
-        <v>85.01</v>
+        <v>0</v>
       </c>
       <c r="S151" s="4">
         <v>99</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
@@ -11735,54 +11735,54 @@
       <c r="I152" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J152" s="13" t="s">
         <v>552</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>712</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>713</v>
       </c>
       <c r="M152" s="4" t="s">
         <v>714</v>
       </c>
       <c r="N152" s="4" t="s">
         <v>715</v>
       </c>
       <c r="O152" s="4" t="s">
         <v>672</v>
       </c>
       <c r="P152" s="4">
         <v>195.67</v>
       </c>
       <c r="Q152" s="4">
-        <v>143.47</v>
+        <v>0</v>
       </c>
       <c r="R152" s="4">
-        <v>73.32</v>
+        <v>0</v>
       </c>
       <c r="S152" s="4">
         <v>91</v>
       </c>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C153" s="3"/>
       <c r="D153" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E153" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
@@ -11796,54 +11796,54 @@
       <c r="I153" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J153" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K153" s="4" t="s">
         <v>717</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>718</v>
       </c>
       <c r="M153" s="4" t="s">
         <v>719</v>
       </c>
       <c r="N153" s="4" t="s">
         <v>720</v>
       </c>
       <c r="O153" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P153" s="4">
         <v>663.22</v>
       </c>
       <c r="Q153" s="4">
-        <v>548.85</v>
+        <v>0</v>
       </c>
       <c r="R153" s="4">
-        <v>82.76</v>
+        <v>0</v>
       </c>
       <c r="S153" s="4">
         <v>80</v>
       </c>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C154" s="3"/>
       <c r="D154" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E154" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
@@ -11857,54 +11857,54 @@
       <c r="I154" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J154" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>722</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>723</v>
       </c>
       <c r="M154" s="4" t="s">
         <v>692</v>
       </c>
       <c r="N154" s="4" t="s">
         <v>724</v>
       </c>
       <c r="O154" s="4" t="s">
         <v>541</v>
       </c>
       <c r="P154" s="4">
         <v>97.58</v>
       </c>
       <c r="Q154" s="4">
-        <v>96.01</v>
+        <v>0</v>
       </c>
       <c r="R154" s="4">
-        <v>98.39</v>
+        <v>0</v>
       </c>
       <c r="S154" s="4">
         <v>55</v>
       </c>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C155" s="3"/>
       <c r="D155" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E155" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>23</v>
@@ -11918,88 +11918,88 @@
       <c r="I155" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J155" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>726</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>727</v>
       </c>
       <c r="M155" s="4" t="s">
         <v>534</v>
       </c>
       <c r="N155" s="4" t="s">
         <v>728</v>
       </c>
       <c r="O155" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P155" s="4">
         <v>199.45</v>
       </c>
       <c r="Q155" s="4">
-        <v>183.16</v>
+        <v>0</v>
       </c>
       <c r="R155" s="4">
-        <v>91.83</v>
+        <v>0</v>
       </c>
       <c r="S155" s="4">
         <v>95</v>
       </c>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="7" t="s">
         <v>729</v>
       </c>
       <c r="B156" s="7"/>
       <c r="C156" s="7"/>
       <c r="D156" s="7"/>
       <c r="E156" s="11"/>
       <c r="F156" s="7"/>
       <c r="G156" s="7"/>
       <c r="H156" s="14"/>
       <c r="I156" s="14"/>
       <c r="J156" s="14"/>
       <c r="K156" s="8"/>
       <c r="L156" s="8"/>
       <c r="M156" s="8"/>
       <c r="N156" s="8"/>
       <c r="O156" s="8">
         <v>14457.84</v>
       </c>
       <c r="P156" s="8">
-        <v>8032.64</v>
+        <v>0</v>
       </c>
       <c r="Q156" s="8">
-        <v>55.56</v>
+        <v>0</v>
       </c>
       <c r="R156" s="8"/>
       <c r="S156" s="8"/>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A156:N156"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>