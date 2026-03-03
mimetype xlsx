--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -299,51 +299,51 @@
   <si>
     <t>05/06/2023</t>
   </si>
   <si>
     <t>05/07/2023</t>
   </si>
   <si>
     <t>AMIT KUMAR ROY</t>
   </si>
   <si>
     <t>WBSEDCL QUOTATION FOR PACHHIARA</t>
   </si>
   <si>
     <t>BILL/01577/2023-2024</t>
   </si>
   <si>
     <t>BP-23-24-203</t>
   </si>
   <si>
     <t>04/01/2024</t>
   </si>
   <si>
     <t>Laying distribution system including FHTC for proposed augmentation scheme for Pachiara Piped Water Supply Scheme, Dubrajpur Block, under Birbhum Division, PHE Dte.? (Sl. No.1)</t>
   </si>
   <si>
-    <t>JE,JE2</t>
+    <t>JE,JE1,JE2</t>
   </si>
   <si>
     <t>ORD/000248/2022-2023</t>
   </si>
   <si>
     <t>1161/BHM</t>
   </si>
   <si>
     <t>23/05/2022</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -903,54 +903,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>2.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.52</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>94.01</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1367,54 +1367,54 @@
       <c r="I11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>96.79</v>
       </c>
       <c r="Q11" s="4">
-        <v>72.3</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>74.7</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1489,54 +1489,54 @@
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="4">
         <v>3.03</v>
       </c>
       <c r="Q13" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.46</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1550,54 +1550,54 @@
       <c r="I14" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>5.7</v>
       </c>
       <c r="Q14" s="4">
-        <v>3.85</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>67.52</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1668,88 +1668,88 @@
       <c r="I16" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P16" s="4">
         <v>467.38</v>
       </c>
       <c r="Q16" s="4">
-        <v>382.76</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>81.89</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>92</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>804.11</v>
       </c>
       <c r="P17" s="8">
-        <v>464.42</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>57.76</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>