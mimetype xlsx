--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -144,50 +144,53 @@
     <t>27/RSD</t>
   </si>
   <si>
     <t>22/01/2024</t>
   </si>
   <si>
     <t>22/07/2024</t>
   </si>
   <si>
     <t>Continuation Work Order for Hiring of Ambassador Car (Diesel) registered Luxury Taxi for the office of the Assistant Engineer, Rampurhat Sub-Division P.H.E. Dte. for 24 hours service including Driver and also including the cost of fuel &amp; lubricants as per terms &amp; condition with effect from 01.02.2024 to 31.07.2024 i.e. (182 Days) "from 01.08.2024 to 31.01.2025 i.e. (184 Days)"</t>
   </si>
   <si>
     <t>ORD/000155/2024-2025</t>
   </si>
   <si>
     <t>354/RSD</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>Continuation Work Order for Hiring of Ambassador Car (Diesel) registered Luxury Taxi for the office of the Assistant Engineer, Rampurhat Sub-Division P.H.E. Dte. for 24 hours service including Driver and also including the cost of fuel &amp; lubricants as per terms &amp; condition with effect from 01.02.2024 to 31.07.2024 i.e. (182 Days) from 01.08.2024 to 31.01.2025 i.e. (184 Days) from 01.02.2025 to 31.07.2025 i.e. (181 Days).</t>
+  </si>
+  <si>
+    <t>JE,JE3</t>
   </si>
   <si>
     <t>ORD/000628/2024-2025</t>
   </si>
   <si>
     <t>198/RSD</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -748,54 +751,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.42</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>163.67</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -809,54 +812,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>0.86</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>273.92</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -870,149 +873,149 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.12</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>245.66</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="4">
         <v>0.85</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.94</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>228.35</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>3.44</v>
       </c>
       <c r="P7" s="8">
-        <v>7.83</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>227.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>