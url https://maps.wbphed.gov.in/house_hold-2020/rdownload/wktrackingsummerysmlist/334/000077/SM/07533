--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -985,54 +985,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>34.7</v>
       </c>
       <c r="Q3" s="4">
-        <v>69.4</v>
+        <v>34.7</v>
       </c>
       <c r="R3" s="4">
-        <v>199.99</v>
+        <v>100</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1046,54 +1046,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>41.87</v>
       </c>
       <c r="Q4" s="4">
-        <v>40.86</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.58</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1333,54 +1333,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P9" s="4">
         <v>36.49</v>
       </c>
       <c r="Q9" s="4">
-        <v>72.98</v>
+        <v>36.49</v>
       </c>
       <c r="R9" s="4">
-        <v>199.99</v>
+        <v>100</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1394,54 +1394,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P10" s="4">
         <v>25.48</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.95</v>
+        <v>5.48</v>
       </c>
       <c r="R10" s="4">
-        <v>42.99</v>
+        <v>21.49</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1455,54 +1455,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P11" s="4">
         <v>37.25</v>
       </c>
       <c r="Q11" s="4">
-        <v>37.25</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1516,54 +1516,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P12" s="4">
         <v>4.82</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2004,54 +2004,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P20" s="4">
         <v>3.59</v>
       </c>
       <c r="Q20" s="4">
-        <v>3.59</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2126,88 +2126,88 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P22" s="4">
         <v>0.1</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
       <c r="R22" s="4">
-        <v>336.64</v>
+        <v>168.32</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>287.38</v>
       </c>
       <c r="P23" s="8">
-        <v>240.18</v>
+        <v>76.83</v>
       </c>
       <c r="Q23" s="8">
-        <v>83.57</v>
+        <v>26.73</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>