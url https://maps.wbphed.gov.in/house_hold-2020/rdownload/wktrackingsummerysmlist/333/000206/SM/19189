--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1531,54 +1531,54 @@
       <c r="I12" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>7952.07</v>
       </c>
       <c r="Q12" s="4">
-        <v>1331.31</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>16.74</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1653,54 +1653,54 @@
       <c r="I14" s="13" t="s">
         <v>81</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>1.81</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.79</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>264.06</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1773,54 +1773,54 @@
       <c r="I16" s="13" t="s">
         <v>81</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P16" s="4">
         <v>16059.7</v>
       </c>
       <c r="Q16" s="4">
-        <v>808.08</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>5.03</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>35</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2287,54 +2287,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>135</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>31399.71</v>
       </c>
       <c r="P25" s="8">
-        <v>2144.18</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>6.83</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>