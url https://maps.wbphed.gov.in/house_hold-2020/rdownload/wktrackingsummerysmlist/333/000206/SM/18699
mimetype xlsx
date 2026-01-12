--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -216,50 +216,62 @@
     <t>04/09/2024</t>
   </si>
   <si>
     <t>CHAKRABORTY CONSTRUCTION</t>
   </si>
   <si>
     <t>Augmentation of different units of WTP premises of Beniagram Water Supply scheme under, Berhampore Division -I PHE.Dte. under JJM</t>
   </si>
   <si>
     <t>Junior Engineer-I</t>
   </si>
   <si>
     <t>ORD/000024/2024-2025</t>
   </si>
   <si>
     <t>945/BD-I</t>
   </si>
   <si>
     <t>11/06/2024</t>
   </si>
   <si>
     <t>10/08/2024</t>
   </si>
   <si>
     <t>P.M CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Repair and overhauling at filter beds including supply and filling of filter media alongwith allied works at R.G filter bed of Beniagram Surface Water Based water supply scheme in Farrakka block under Raghunathganj Sub division under Berhampore Division-I ,P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000204/2023-2024</t>
+  </si>
+  <si>
+    <t>849/BD-I</t>
+  </si>
+  <si>
+    <t>05/10/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -648,51 +660,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1179,87 +1191,148 @@
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>97.98</v>
       </c>
       <c r="Q9" s="4">
         <v>17.2</v>
       </c>
       <c r="R9" s="4">
         <v>17.55</v>
       </c>
       <c r="S9" s="4">
         <v>25</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="7" t="s">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="B10" s="7"/>
-[...22 lines deleted...]
-      <c r="S10" s="8"/>
+      <c r="I10" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="P10" s="4">
+        <v>21.01</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>21.01</v>
+      </c>
+      <c r="R10" s="4">
+        <v>100</v>
+      </c>
+      <c r="S10" s="4">
+        <v>10</v>
+      </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>3471.34</v>
+      </c>
+      <c r="P11" s="8">
+        <v>343.49</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>9.89</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>