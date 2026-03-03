--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1116,54 +1116,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>3038.97</v>
       </c>
       <c r="Q8" s="4">
-        <v>305.29</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>10.05</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1177,54 +1177,54 @@
       <c r="I9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>97.98</v>
       </c>
       <c r="Q9" s="4">
-        <v>17.2</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>17.55</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>25</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1238,88 +1238,88 @@
       <c r="I10" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>21.01</v>
       </c>
       <c r="Q10" s="4">
-        <v>21.01</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>10</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>3471.34</v>
       </c>
       <c r="P11" s="8">
-        <v>343.49</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>9.89</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>