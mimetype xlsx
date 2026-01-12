--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -206,51 +206,51 @@
   <si>
     <t>ORD/000167/2023-2024</t>
   </si>
   <si>
     <t>653/BD-I</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>SOUMYADIP MISRA</t>
   </si>
   <si>
     <t>KRISHNAPUR DINURPARA PWSS to accommodate FHTC, Laying Distribution System, under Jal Jivan Mission of LALGOLA Block, Murshidabad District under Berhampore Division-I, PHE.Dte. (PART - C)</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer-I,Assistant Engineer-II</t>
   </si>
   <si>
     <t>ORD/000166/2023-2024</t>
   </si>
   <si>
     <t>652/BD-I</t>
   </si>
   <si>
-    <t>05/12/2025</t>
+    <t>03/06/2026</t>
   </si>
   <si>
     <t>M/S GOUTAM CHAKRABORTY</t>
   </si>
   <si>
     <t>KRISHNAPURDINURPARA PWSS to accommodate construction of Pump House Cum Chlorine Room, boundary wall and service road, under Jal Jivan Mission of Lalgola Block, Murshidabad District under Berhampore Division-I, PHE.Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000186/2023-2024</t>
   </si>
   <si>
     <t>730/BD-I</t>
   </si>
   <si>
     <t>16/08/2023</t>
   </si>
   <si>
     <t>14/11/2023</t>
   </si>
   <si>
     <t>M/S SWAPAN KUAMR NATH &amp; CO</t>
   </si>