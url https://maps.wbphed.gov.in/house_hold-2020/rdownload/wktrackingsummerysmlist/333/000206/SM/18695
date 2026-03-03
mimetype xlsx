--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1231,54 +1231,54 @@
       <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>232.47</v>
       </c>
       <c r="Q9" s="4">
-        <v>72.29</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>31.1</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>10</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1294,54 +1294,54 @@
       <c r="I10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>72.82</v>
       </c>
       <c r="Q10" s="4">
-        <v>21.2</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>29.11</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>41</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1353,54 +1353,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>74</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
         <v>720.23</v>
       </c>
       <c r="Q11" s="4">
-        <v>13.25</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>1.84</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>20</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1448,54 +1448,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1523.68</v>
       </c>
       <c r="P13" s="8">
-        <v>106.74</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>7.01</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>