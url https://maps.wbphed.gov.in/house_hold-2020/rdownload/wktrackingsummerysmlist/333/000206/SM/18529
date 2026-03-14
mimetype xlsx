--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -233,105 +233,102 @@
   <si>
     <t>28/05/2025</t>
   </si>
   <si>
     <t>SHIBAM ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of Service Road for approach and Pump House at Augmentation of Bishnupur Zone-I PWSS of Raninagar-I Block under Jal Jeevan Mission of Murshidabad District under Berhampore Division-I, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000092/2024-2025</t>
   </si>
   <si>
     <t>1304/BD-I</t>
   </si>
   <si>
     <t>07/08/2024</t>
   </si>
   <si>
     <t>06/10/2024</t>
   </si>
   <si>
     <t>M/S BHAGIRATHI ENTERPRISE</t>
   </si>
   <si>
-    <t>Central Drilling</t>
-[...19 lines deleted...]
-  <si>
     <t>Replacement of Filter media of Existing AIRP of (Capacity 80 Cum/hr.) with allied work at Bishnupur Zone-I Water Supply Scheme under Jal Jeevan Mission of Raninagar-I under Berhampore Division-I, PHEengineering Dte.</t>
   </si>
   <si>
     <t>JE_Pravin Kumar Gupta</t>
   </si>
   <si>
     <t>ORD/000009/2024-2025</t>
   </si>
   <si>
     <t>903/BD-I</t>
   </si>
   <si>
     <t>06/06/2024</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>SUMAN ENTERPRISE AND SUMAN AQUA</t>
   </si>
   <si>
     <t>Planning, Design, Investigation, Construction, Erection, Installation, Completion testing and Commissioning in all respect of entire units of Arsenic cum Iron Removal Plant (AIRP) of different capacities capable of removing arsenic &amp; Iron Present in Ground Water in different concentration to acceptable limit as per latest BIS Code manual on basis of departmental process drawing (MODIFIED SUJAPUR SADIPUR) ALONG WITH 3 (Three) years operation &amp; Maintenance after succesful completion of 3 (Three) months Trial Run of "Augmentation of Bishnupur Zone-I ground water supply scheme in Raninagar-I Block, under Berhampore Division-I, P.H.E. Dte. (Capacity-30.00 Cum/Hr.)</t>
   </si>
   <si>
     <t>ORD/000001/2025-2026</t>
   </si>
   <si>
     <t>506/BD-I</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>Route Survey ,Design of distribution network and Preparation of DPR for providing FHTC (Functional House Hold Tap Connection) by Augmentation under Jal Swapna for BISHNUPUR ZONE-I Water Supply Scheme of RANINAGAR-I Block of Murshidabad District under Berhampore Division-I ,P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000192/2023-2024</t>
+  </si>
+  <si>
+    <t>605/BD-I</t>
+  </si>
+  <si>
+    <t>02/08/2023</t>
+  </si>
+  <si>
+    <t>12/08/2023</t>
+  </si>
+  <si>
+    <t>M/S SOBHA &amp; CO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -883,54 +880,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>8.5</v>
       </c>
       <c r="Q3" s="4">
-        <v>6.71</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>78.86</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1176,54 +1173,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>452.24</v>
       </c>
       <c r="Q8" s="4">
-        <v>347.4</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>76.82</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>25</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1318,243 +1315,247 @@
         <v>7.65</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="I11" s="13"/>
-      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
-        <v>720.23</v>
+        <v>40.09</v>
       </c>
       <c r="Q11" s="4">
-        <v>14.89</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>2.07</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J12" s="13" t="s">
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="N12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12" s="4" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="P12" s="4">
-        <v>40.09</v>
+        <v>122.54</v>
       </c>
       <c r="Q12" s="4">
-        <v>25.37</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>63.29</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J13" s="13"/>
+      <c r="J13" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="M13" s="4" t="s">
+      <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="N13" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>122.54</v>
+        <v>2.74</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
-        <v>1478.02</v>
+        <v>760.52</v>
       </c>
       <c r="P14" s="8">
-        <v>394.36</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>26.68</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>