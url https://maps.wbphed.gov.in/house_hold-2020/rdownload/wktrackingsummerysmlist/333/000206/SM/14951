--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -161,63 +161,63 @@
   <si>
     <t>SARKAR CONSTRUCTION</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000093/2023-2024</t>
   </si>
   <si>
     <t>196/BD-I/26</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Augmentation of Sadhukhali Zone-II Piped water supply scheme to accommodate construction of OHR, Arsenic cum Iron Removal Plant( AIRP ), pump house ,boundary wall and service road, laying of design pipeline and providing FHTC (Functional Household Tap Connection ) under Jal Jeevan Mission in Beldanga -II Block of Murshidabad District under Berhampore Division-I,PHE.Dte. [2nd Call for WBPHED/EE/BD-I/NIeT-20 of 2022 ¿ 2023(sl-02)]</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
-    <t>Junior Engineer-I</t>
+    <t>JE,Junior Engineer-I</t>
   </si>
   <si>
     <t>ORD/000126/2023-2024</t>
   </si>
   <si>
     <t>845/BD-I</t>
   </si>
   <si>
     <t>05/09/2023</t>
   </si>
   <si>
-    <t>11/07/2024</t>
+    <t>17/05/2025</t>
   </si>
   <si>
     <t>RAJ KUMAR MONDAL</t>
   </si>
   <si>
     <t>Sinking of 250mm x 150 mm dia tube well 120.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at Sadhukhali Zone-II Water Supply Scheme in connection with Augmentation work under Berhampore Division - I, P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>JE</t>
   </si>
   <si>
     <t>ORD/000389/2023-2024</t>
   </si>
   <si>
     <t>151/BD-I</t>
   </si>
   <si>
     <t>05/02/2024</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>INDRAJIT MAZUMDER</t>
   </si>