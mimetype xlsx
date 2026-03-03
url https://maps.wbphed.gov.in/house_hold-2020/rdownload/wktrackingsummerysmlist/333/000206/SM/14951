--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -793,54 +793,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.63</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.56</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.53</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1067,54 +1067,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>328.8</v>
       </c>
       <c r="P8" s="8">
-        <v>2.56</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>