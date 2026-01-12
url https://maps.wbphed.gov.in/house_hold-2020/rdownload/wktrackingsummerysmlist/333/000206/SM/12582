--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>03/09/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Formal Work order for Augmentation of KASBA BAHADURPUR Piped water supply scheme to accommodate construction of OHR, pump house ,boundary wall and service road , laying of design pipeline and providing FHTC (Functional Household Tap Connection ) under Jal Jeevan Mission in Bhagwangola-I Block of Murshidabad District under Berhampore Division-I,PHE.Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-I</t>
   </si>
   <si>
     <t>Junior Engineer-I</t>
   </si>
   <si>
     <t>ORD/000162/2022-2023</t>
   </si>
   <si>
     <t>1454/BD-I</t>
   </si>
   <si>
     <t>17/01/2023</t>
   </si>
   <si>
-    <t>17/01/2024</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>DECON INDIA</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation in connection to Accommodate FHTC at Pump House No.-I &amp; II under Kasba Bahadurpur ground water based water supply scheme under Block_ Bhagwangola-I Dist. - Murshidabad under MEDB, PHE Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER-I,ASSISTANT ENGINEER-II</t>
   </si>
   <si>
     <t>Junior engineer-I,Junior engineer-II,Junior engineer-III</t>
   </si>
   <si>
     <t>ORD/000039/2023-2024</t>
   </si>
   <si>
     <t>3732/MEDB</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>26/05/2027</t>
   </si>
@@ -204,50 +204,68 @@
     <t>21/12/2022</t>
   </si>
   <si>
     <t>20/01/2023</t>
   </si>
   <si>
     <t>KAKALI ENTERPRISE</t>
   </si>
   <si>
     <t>Sinking of 250mm x 150 mm dia tube well 120.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at Kasba Bahadurpur Water Supply Scheme in connection with Augmentation work under Berhampore Division - I, P.H.Engineering Dte. (2 nos Tubewell)</t>
   </si>
   <si>
     <t>ORD/000285/2022-2023</t>
   </si>
   <si>
     <t>1809/BD-I</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
     <t>30/04/2023</t>
   </si>
   <si>
     <t>HARUN ALL RASHID &amp; BROTHERS</t>
+  </si>
+  <si>
+    <t>Route Survey ,Design of distribution network and Preparation of DPR for providing FHTC (Functional House Hold Tap Connection) by Augmentation under Jal Swapna for KASBA BAHADURPUR Water Supply Scheme of BHAGAWANGOLA-I Block of Murshidabad District under Berhampore Division-I ,P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000875/2021-2022</t>
+  </si>
+  <si>
+    <t>259/BD-I</t>
+  </si>
+  <si>
+    <t>08/03/2022</t>
+  </si>
+  <si>
+    <t>18/03/2022</t>
+  </si>
+  <si>
+    <t>CIVIL &amp; ENVIRONMENTAL ENGINEERING DESIGN SOLUTIONS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -636,73 +654,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="32.991943" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="60.128174" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -1108,87 +1126,148 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>17.66</v>
       </c>
       <c r="Q8" s="4">
         <v>14.75</v>
       </c>
       <c r="R8" s="4">
         <v>83.51</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" s="4">
+        <v>2.96</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>2.95</v>
+      </c>
+      <c r="R9" s="4">
+        <v>99.6</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>565.88</v>
+      </c>
+      <c r="P10" s="8">
+        <v>236.29</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>41.76</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>