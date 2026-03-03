--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -929,54 +929,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>444.11</v>
       </c>
       <c r="Q5" s="4">
-        <v>216.93</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>48.85</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1051,54 +1051,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>2.41</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.66</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>68.86</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1112,54 +1112,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>17.66</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.75</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>83.51</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1173,88 +1173,88 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>2.96</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.6</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>565.88</v>
       </c>
       <c r="P10" s="8">
-        <v>236.29</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>41.76</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>