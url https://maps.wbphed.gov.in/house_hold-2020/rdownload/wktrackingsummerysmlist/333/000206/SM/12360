--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1279,54 +1279,54 @@
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>258.96</v>
       </c>
       <c r="Q8" s="4">
-        <v>141.37</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>54.59</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1932,54 +1932,54 @@
       <c r="I19" s="13" t="s">
         <v>95</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>96</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P19" s="4">
         <v>15290.9</v>
       </c>
       <c r="Q19" s="4">
-        <v>7669.51</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>50.16</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>70</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -1995,54 +1995,54 @@
       <c r="I20" s="13" t="s">
         <v>95</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>96</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P20" s="4">
         <v>12076.79</v>
       </c>
       <c r="Q20" s="4">
-        <v>3575.71</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>29.61</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>16</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2121,54 +2121,54 @@
       <c r="I22" s="13" t="s">
         <v>95</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>114</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P22" s="4">
         <v>1.81</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>237.12</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>45</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2218,54 +2218,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>36966.96</v>
       </c>
       <c r="P24" s="8">
-        <v>11390.89</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>30.81</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>