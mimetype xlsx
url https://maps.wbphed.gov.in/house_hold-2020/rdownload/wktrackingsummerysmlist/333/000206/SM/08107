--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -107,51 +107,51 @@
   <si>
     <t>SM/08107</t>
   </si>
   <si>
     <t>Retrofitting</t>
   </si>
   <si>
     <t>Retrofitting Functional Household Tap connection (FHTC) in connection with Jal Jeevan Mission under command area of villages of Kazisaha,Kapasdanga (village code 315607,315618), under MANIKNAGAR (Zone-J) Water Supply Scheme of Beldanga-I Block in Murshidabad District under Berhampore Division-I, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
     <t>JE</t>
   </si>
   <si>
     <t>ORD/000291/2022-2023</t>
   </si>
   <si>
     <t>1805/BD-I</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
-    <t>16/11/2025</t>
+    <t>16/03/2026</t>
   </si>
   <si>
     <t>KAMIRUL SK AND CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>