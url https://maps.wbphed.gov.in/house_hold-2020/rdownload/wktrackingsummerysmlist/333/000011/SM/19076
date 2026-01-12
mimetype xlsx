--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -938,144 +938,159 @@
   <si>
     <t>395-MSD/2024-25</t>
   </si>
   <si>
     <t>Calibration of measuring Instruments Traceable to standard reference material &amp; as per requirements of NABL guideline for the Equipments required for 11 mandator and other optional parameters(as per NABL 139) &amp; PT Test Charge for 11 mandetaory parameters for Sub-District Water Testing Laboratory as per PT Plan or NABL-139 (Name of the laboratories. 1. Jangipur WTP Sub-District Water Testing Laboratory, 2. Farakka Block Bidi Shramik Kalyan Samity Sub-District Water Testing Laboratory, 3. Gagtai Sub-District Water Testing Laboratory, 4. Joykrishnapur Sub-District Water Testing Laboratory, 5. Sagardighi Sub-District Water Testing Laboratory ) . 6. Mahyampur Water Treatment Plant Sub-District Water Testing Laboratory, 7. CP Cell Sub-District Water Testing Laboratory, 8. Sevabrata Sub-District Water Testing Laboratory, 9. Surangapur Sub-District Water Testing Laboratory) . 10. Rural National Club Sub-District Water Testing Laboratory, 11. Lalbagh Sub-District Water Testing Laboratory, 12. Islampur Sub-District Water Testing Laboratory,13. Jalangi Sub-District Water Testing Laboratory, 14. Berhampore Mechanical Division Sub-District Water Testing Laboratory ) . 15. Haripur Dr. Br Ambedkar Jana Seva Mission Sub-District Water Testing Laboratory, 16. Hariharpara Sub-District Water Testing Laboratory, 17. Rejinagar Sub-District Water Testing Laboratory, 18. Salar Sub-District Water Testing Laboratory)</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER,ASSISTANT ENGINEER (HQ)</t>
   </si>
   <si>
     <t>ORD/000103/2024-2025</t>
   </si>
   <si>
     <t>2153/MURD</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>M/S LAXMI ENTERPRISE</t>
   </si>
   <si>
-    <t>Computer Maintenance, UPS Maintenance, Printer maintenance ,Broad band Net recharge, Sweeping ,Cleaning &amp; laboratories maintenance and minor repair of 14 nos water testing laboratories &amp; stationary goods of 14 nos water testing laboratories for one year under Murshidabad Division. P.H. Engineering Dte.(i.e. Period from 01-12-2024 to 30-11-2025)</t>
+    <t>Continuation work order for Payment of month salaries of Chemist , Bacteriologist, Laboratory assistant, Sampling assistant &amp; Data entry operator/CSM for District laboratory and 12 nos sub-district water testing laboratories under Murshidabad Division. P.H. Engineering Dte. For a period of 06 months (i.e. 01.06.2025 to 30.11.2025)</t>
+  </si>
+  <si>
+    <t>ORD/000095/2025-2026</t>
+  </si>
+  <si>
+    <t>1148/MURD</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>CFS MANAGEMENT PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Continuation work order for Engagement of Chemist and Bacteriologist for water testing laboratories under Murshidabad Division. P.H.Engineering Dte. 4,C.R.Das Road Berhampore, Murshidabad for one year.(i.e. period from 01/03/2025 to 28/02/2026)</t>
+  </si>
+  <si>
+    <t>ORD/000524/2024-2025</t>
+  </si>
+  <si>
+    <t>496/MURD</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>M/S. S. DAS AND ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Continuation work order for Engagement of 1(one) AAS operator/Additional Chemist, 1(one) AAS Sampling Assistant including salary, festival bonus arrear portion of enhanced salary if applicable etc one year technical support for AAS (Thermo Scientific). (For 11.5 months) (i.e. 01/06/2025 to 15/05/2026)</t>
+  </si>
+  <si>
+    <t>ORD/000084/2025-2026</t>
+  </si>
+  <si>
+    <t>1216/MURD</t>
+  </si>
+  <si>
+    <t>27/05/2025</t>
+  </si>
+  <si>
+    <t>27/05/2026</t>
+  </si>
+  <si>
+    <t>Payment of monthly salaries of Chemist , Bacteriologist, Laboratory assistant, Sampling assistant &amp; Data entry operator/CSM for District laboratory and 13 nos sub-district water testing laboratories under Murshidabad Division. P.H. Engineering Dte. for one year. (Period form 01/12/2025 to 30/11/2026)</t>
+  </si>
+  <si>
+    <t>ORD/000228/2025-2026</t>
+  </si>
+  <si>
+    <t>2373/MURD</t>
+  </si>
+  <si>
+    <t>19/11/2026</t>
+  </si>
+  <si>
+    <t>M/S JAN MAHAMMAD</t>
+  </si>
+  <si>
+    <t>Supply &amp; delivery of PT Test Charge for 11 mandatory parameters for 6 nos sub-District water Testing Laboratory as per PT Plan of NABL-139 at least once in a year for Sub Distt Lab &amp; as per PT Plan for District Lab.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER</t>
+  </si>
+  <si>
+    <t>ORD/000545/2024-2025</t>
+  </si>
+  <si>
+    <t>2095/MURD</t>
+  </si>
+  <si>
+    <t>23/07/2024</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>Continuation work order for Computer Maintenance, UPS Maintenance, Printer maintenance ,Broad band Net recharge, Sweeping ,Cleaning &amp; laboratories maintenance and minor repair of 14 nos water testing laboratories &amp; stationary goods of 14 nos water testing laboratories for one year under Murshidabad Division. P.H. Engineering Dte.(i.e. Period from 01-12-2025 to 30-11-2026)</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 2,JUNIOR ENGINEER 5</t>
   </si>
   <si>
-    <t>ORD/000184/2024-2025</t>
-[...8 lines deleted...]
-    <t>30/11/2025</t>
+    <t>ORD/000229/2025-2026</t>
+  </si>
+  <si>
+    <t>2375/MURD</t>
   </si>
   <si>
     <t>MURARI JHA</t>
   </si>
   <si>
-    <t>Continuation work order for Payment of month salaries of Chemist , Bacteriologist, Laboratory assistant, Sampling assistant &amp; Data entry operator/CSM for District laboratory and 12 nos sub-district water testing laboratories under Murshidabad Division. P.H. Engineering Dte. For a period of 06 months (i.e. 01.06.2025 to 30.11.2025)</t>
-[...71 lines deleted...]
-    <t>2375/MURD</t>
+    <t>Supply &amp; delivery of 5 nos Tin(II) chloride dihydrate GR(gm), 100 gm pack for Murshidabad District water testing laboratory.</t>
+  </si>
+  <si>
+    <t>ORD/000904/2023-2024</t>
+  </si>
+  <si>
+    <t>266/MURD</t>
+  </si>
+  <si>
+    <t>24/01/2024</t>
   </si>
   <si>
     <t>Engagement of 02(Two) nos. Chemist (01 no. Mahyampur WTP Laboratory and 01no. Jangipur WTP Sub-District Laboratory) , 02(Two)nos.Bacteriologist(01 no. Mahyampur WTP Laboratory and 01no. Jangipur WTP Sub-District Laboratory) and 02(Two)nos. Lab Assitant(01 no. Mahyampur WTP Laboratory and 01no. Jangipur WTP Sub-District Laboratory) Sub-District Water Testing Laboratories under Murshidabad Division, P.H.Engineering Dte. in the district of Murshidabad for 01(One) year. i.e. period form 01/03/2023 to 28/02/2024</t>
   </si>
   <si>
     <t>ORD/000772/2022-2023</t>
   </si>
   <si>
     <t>451/MURD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1473,51 +1488,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W91"/>
+  <dimension ref="A1:W92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="60.128174" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -6261,491 +6276,552 @@
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="13" t="s">
         <v>308</v>
       </c>
       <c r="I84" s="13" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="J84" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="K84" s="4" t="s">
         <v>309</v>
       </c>
-      <c r="K84" s="4" t="s">
+      <c r="L84" s="4" t="s">
         <v>310</v>
       </c>
-      <c r="L84" s="4" t="s">
+      <c r="M84" s="4" t="s">
         <v>311</v>
       </c>
-      <c r="M84" s="4" t="s">
+      <c r="N84" s="4" t="s">
         <v>312</v>
       </c>
-      <c r="N84" s="4" t="s">
+      <c r="O84" s="4" t="s">
         <v>313</v>
       </c>
-      <c r="O84" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P84" s="4">
-        <v>20.86</v>
+        <v>43.99</v>
       </c>
       <c r="Q84" s="4">
         <v>0</v>
       </c>
       <c r="R84" s="4">
         <v>0</v>
       </c>
       <c r="S84" s="4">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="13" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="I85" s="13" t="s">
         <v>302</v>
       </c>
       <c r="J85" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K85" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="L85" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="L85" s="4" t="s">
+      <c r="M85" s="4" t="s">
         <v>317</v>
       </c>
-      <c r="M85" s="4" t="s">
+      <c r="N85" s="4" t="s">
         <v>318</v>
       </c>
-      <c r="N85" s="4" t="s">
+      <c r="O85" s="4" t="s">
         <v>319</v>
       </c>
-      <c r="O85" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P85" s="4">
-        <v>43.99</v>
+        <v>25.6</v>
       </c>
       <c r="Q85" s="4">
-        <v>0</v>
+        <v>7.6</v>
       </c>
       <c r="R85" s="4">
-        <v>0</v>
+        <v>29.71</v>
       </c>
       <c r="S85" s="4">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="13" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="I86" s="13" t="s">
-        <v>302</v>
+        <v>55</v>
       </c>
       <c r="J86" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K86" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="L86" s="4" t="s">
         <v>322</v>
       </c>
-      <c r="L86" s="4" t="s">
+      <c r="M86" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="M86" s="4" t="s">
+      <c r="N86" s="4" t="s">
         <v>324</v>
       </c>
-      <c r="N86" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O86" s="4" t="s">
-        <v>326</v>
+        <v>67</v>
       </c>
       <c r="P86" s="4">
-        <v>25.6</v>
+        <v>5.62</v>
       </c>
       <c r="Q86" s="4">
-        <v>7.6</v>
+        <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>29.71</v>
+        <v>0</v>
       </c>
       <c r="S86" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="13" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="I87" s="13" t="s">
-        <v>55</v>
+        <v>302</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K87" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="L87" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="M87" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="N87" s="4" t="s">
         <v>328</v>
       </c>
-      <c r="L87" s="4" t="s">
+      <c r="O87" s="4" t="s">
         <v>329</v>
       </c>
-      <c r="M87" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P87" s="4">
-        <v>5.62</v>
+        <v>168.84</v>
       </c>
       <c r="Q87" s="4">
         <v>0</v>
       </c>
       <c r="R87" s="4">
         <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="13" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I88" s="13" t="s">
-        <v>302</v>
+        <v>331</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K88" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="L88" s="4" t="s">
         <v>333</v>
       </c>
-      <c r="L88" s="4" t="s">
+      <c r="M88" s="4" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>335</v>
       </c>
       <c r="O88" s="4" t="s">
-        <v>336</v>
+        <v>307</v>
       </c>
       <c r="P88" s="4">
-        <v>168.84</v>
+        <v>0.09</v>
       </c>
       <c r="Q88" s="4">
         <v>0</v>
       </c>
       <c r="R88" s="4">
         <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="13" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="I89" s="13" t="s">
         <v>302</v>
       </c>
       <c r="J89" s="13" t="s">
-        <v>309</v>
+        <v>337</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>338</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>339</v>
       </c>
       <c r="M89" s="4" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="N89" s="4" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="O89" s="4" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
       <c r="P89" s="4">
         <v>20.86</v>
       </c>
       <c r="Q89" s="4">
         <v>0</v>
       </c>
       <c r="R89" s="4">
         <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="13" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I90" s="13" t="s">
-        <v>55</v>
+        <v>331</v>
       </c>
       <c r="J90" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K90" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L90" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M90" s="4" t="s">
-        <v>80</v>
+        <v>344</v>
       </c>
       <c r="N90" s="4" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="O90" s="4" t="s">
-        <v>102</v>
+        <v>307</v>
       </c>
       <c r="P90" s="4">
-        <v>16.5</v>
+        <v>0.04</v>
       </c>
       <c r="Q90" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>55.17</v>
+        <v>0</v>
       </c>
       <c r="S90" s="4">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
-      <c r="A91" s="7" t="s">
-[...25 lines deleted...]
-      <c r="S91" s="8"/>
+      <c r="A91" s="3">
+        <v>89</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H91" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="I91" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="J91" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="K91" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="L91" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="M91" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N91" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O91" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="P91" s="4">
+        <v>16.5</v>
+      </c>
+      <c r="Q91" s="4">
+        <v>9.1</v>
+      </c>
+      <c r="R91" s="4">
+        <v>55.17</v>
+      </c>
+      <c r="S91" s="4">
+        <v>67</v>
+      </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
+    <row r="92" spans="1:23">
+      <c r="A92" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="B92" s="7"/>
+      <c r="C92" s="7"/>
+      <c r="D92" s="7"/>
+      <c r="E92" s="11"/>
+      <c r="F92" s="7"/>
+      <c r="G92" s="7"/>
+      <c r="H92" s="14"/>
+      <c r="I92" s="14"/>
+      <c r="J92" s="14"/>
+      <c r="K92" s="8"/>
+      <c r="L92" s="8"/>
+      <c r="M92" s="8"/>
+      <c r="N92" s="8"/>
+      <c r="O92" s="8">
+        <v>455.19</v>
+      </c>
+      <c r="P92" s="8">
+        <v>115.53</v>
+      </c>
+      <c r="Q92" s="8">
+        <v>25.38</v>
+      </c>
+      <c r="R92" s="8"/>
+      <c r="S92" s="8"/>
+      <c r="T92" s="1"/>
+      <c r="U92" s="1"/>
+      <c r="V92" s="1"/>
+      <c r="W92" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A91:N91"/>
+    <mergeCell ref="A92:N92"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>