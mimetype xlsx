--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -2221,54 +2221,54 @@
       <c r="I13" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P13" s="4">
         <v>2.25</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>35.37</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>5</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2282,54 +2282,54 @@
       <c r="I14" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P14" s="4">
         <v>4.54</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2343,54 +2343,54 @@
       <c r="I15" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P15" s="4">
         <v>2.56</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>94.18</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2465,54 +2465,54 @@
       <c r="I17" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P17" s="4">
         <v>82.31</v>
       </c>
       <c r="Q17" s="4">
-        <v>63.65</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>77.33</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2526,54 +2526,54 @@
       <c r="I18" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P18" s="4">
         <v>4.14</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.14</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2587,54 +2587,54 @@
       <c r="I19" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P19" s="4">
         <v>2.57</v>
       </c>
       <c r="Q19" s="4">
-        <v>2.57</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2648,54 +2648,54 @@
       <c r="I20" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P20" s="4">
         <v>17.32</v>
       </c>
       <c r="Q20" s="4">
-        <v>17.32</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>35</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2709,54 +2709,54 @@
       <c r="I21" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P21" s="4">
         <v>4.03</v>
       </c>
       <c r="Q21" s="4">
-        <v>3.38</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>83.9</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -6361,54 +6361,54 @@
       <c r="I85" s="13" t="s">
         <v>302</v>
       </c>
       <c r="J85" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>315</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>316</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>317</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>318</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>319</v>
       </c>
       <c r="P85" s="4">
         <v>25.6</v>
       </c>
       <c r="Q85" s="4">
-        <v>7.6</v>
+        <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>29.71</v>
+        <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>30</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -6727,88 +6727,88 @@
       <c r="I91" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>346</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>347</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P91" s="4">
         <v>16.5</v>
       </c>
       <c r="Q91" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>55.17</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>67</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="7" t="s">
         <v>348</v>
       </c>
       <c r="B92" s="7"/>
       <c r="C92" s="7"/>
       <c r="D92" s="7"/>
       <c r="E92" s="11"/>
       <c r="F92" s="7"/>
       <c r="G92" s="7"/>
       <c r="H92" s="14"/>
       <c r="I92" s="14"/>
       <c r="J92" s="14"/>
       <c r="K92" s="8"/>
       <c r="L92" s="8"/>
       <c r="M92" s="8"/>
       <c r="N92" s="8"/>
       <c r="O92" s="8">
         <v>455.19</v>
       </c>
       <c r="P92" s="8">
-        <v>115.53</v>
+        <v>0</v>
       </c>
       <c r="Q92" s="8">
-        <v>25.38</v>
+        <v>0</v>
       </c>
       <c r="R92" s="8"/>
       <c r="S92" s="8"/>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A92:N92"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>