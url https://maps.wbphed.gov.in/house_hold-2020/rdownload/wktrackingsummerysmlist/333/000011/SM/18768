--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -521,204 +521,207 @@
   <si>
     <t>S.P. ENTERPRISE (BAGUIHATI)</t>
   </si>
   <si>
     <t>Providing and installation of pumping machinery and other electromechanical equipments at Newly sunk Tube Well at Kalikapur village, Block:- Burwan under ground water based mini piped water supply scheme, Dist:- Murshidabad. under MEDB PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000815/2023-2024</t>
   </si>
   <si>
     <t>3639/MEDB</t>
   </si>
   <si>
     <t>Providing and installation of pumping machinery and other electromechanical equipments at Newly sunk Tube Well at Gopalpur village, Block:- Khargram under ground water based mini piped water supply scheme, Dist:- Murshidabad. under MEDB PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000809/2023-2024</t>
   </si>
   <si>
     <t>3634/MEDB</t>
   </si>
   <si>
     <t>SARKAR CONSTRUCTION</t>
   </si>
   <si>
+    <t>Ground Water based mini piped water supply scheme for Kalidaspur village, Block:- Khargram, Kandi Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER 1</t>
+  </si>
+  <si>
+    <t>ORD/000529/2023-2024</t>
+  </si>
+  <si>
+    <t>3135/MURD</t>
+  </si>
+  <si>
+    <t>06/10/2023</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>M/S ROY &amp; BOSE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Name of Work: Providing and installation of pumping machinery and other electromechanical equipments at Newly sunk Tube Well at Padmalabhbati village, Block- Burwan under ground water based mini piped water supply scheme, Dist- Murshidabad. under MEDB PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001488/2023-2024</t>
+  </si>
+  <si>
+    <t>768/MEDB</t>
+  </si>
+  <si>
+    <t>20/02/2024</t>
+  </si>
+  <si>
+    <t>20/05/2024</t>
+  </si>
+  <si>
+    <t>ARINDAM MAJUMDAR</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT PH1 AT RAGHUNATHPUR PO SADAI PS KHARGRAM C ID 304439890</t>
+  </si>
+  <si>
+    <t>BILL/01001/2024-2025</t>
+  </si>
+  <si>
+    <t>218/WBSEDCL-JJM</t>
+  </si>
+  <si>
+    <t>13/09/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT KATIGRAM, MOUZA KATIGRAM PH 1 MOUZA GURULIA C ID 304440127</t>
+  </si>
+  <si>
+    <t>BILL/01000/2024-2025</t>
+  </si>
+  <si>
+    <t>11/09/2024</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT KATIGRAM, MOUZA KATIGRAM PH 1 PS KHARGRAM GURULIA ID 304440127</t>
+  </si>
+  <si>
+    <t>BILL/01002/2024-2025</t>
+  </si>
+  <si>
+    <t>219/WBSEDCL-JJM</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT SAHEBNAGAR MINI PWSS PH 1 ID 304489077</t>
+  </si>
+  <si>
+    <t>BILL/01147/2024-2025</t>
+  </si>
+  <si>
+    <t>27/11/2024</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT GANGARAMPUR, MOUZA RAHIGRAM PH 1 C ID 304440129</t>
+  </si>
+  <si>
+    <t>BILL/00998/2024-2025</t>
+  </si>
+  <si>
+    <t>BILL/01003/2024-2025</t>
+  </si>
+  <si>
+    <t>220/WBSEDCL-JJM</t>
+  </si>
+  <si>
+    <t>BILL/00999/2024-2025</t>
+  </si>
+  <si>
+    <t>Ground Water based mini piped water supply scheme for Chak Ramprasad village, Block:- Jalangi, Islampur Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000510/2023-2024</t>
+  </si>
+  <si>
+    <t>3082/MURD</t>
+  </si>
+  <si>
+    <t>CHATTERJEE ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Ground Water based mini piped water supply scheme for Hari Nagar village, Block:- Khargram, Kandi Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000526/2023-2024</t>
+  </si>
+  <si>
+    <t>3122/MURD</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>SANDESH CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Ground Water based mini piped water supply scheme for Daspara village, Block:- Burwan, Kandi Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER_BURWAN BLOCK</t>
+  </si>
+  <si>
+    <t>ORD/000548/2023-2024</t>
+  </si>
+  <si>
+    <t>3150/MURD</t>
+  </si>
+  <si>
+    <t>09/10/2023</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>MONDAL CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Ground Water based mini piped water supply scheme for Raghunathpur village, Block:- Khargram, Kandi Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
   </si>
   <si>
-    <t>JUNIOR ENGINEER 1</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000606/2023-2024</t>
   </si>
   <si>
     <t>3367/MURD</t>
   </si>
   <si>
+    <t>01/04/2026</t>
+  </si>
+  <si>
     <t>DEBEN RAJAK</t>
-  </si>
-[...139 lines deleted...]
-    <t>MONDAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Ground Water based mini piped water supply scheme for Kalidaspur village, Block:- Burwan, Kandi Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 3</t>
   </si>
   <si>
     <t>ORD/000567/2023-2024</t>
   </si>
   <si>
     <t>3277/MURD</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>JIYAUL HAQUE</t>
   </si>
   <si>
     <t>Providing and installation of pumping machinery and other electromechanical equipments at Newly sunk Tube Well at Gangarampur village, Block:- Khargram under ground water based mini piped water supply scheme, Dist:- Murshidabad. under MEDB PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000849/2023-2024</t>
   </si>
@@ -3246,1111 +3249,1111 @@
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>169</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>101</v>
+        <v>173</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>102</v>
+        <v>174</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="P34" s="4">
-        <v>27.1</v>
+        <v>34.81</v>
       </c>
       <c r="Q34" s="4">
-        <v>19.23</v>
+        <v>13.37</v>
       </c>
       <c r="R34" s="4">
-        <v>70.94</v>
+        <v>38.41</v>
       </c>
       <c r="S34" s="4">
         <v>10</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I35" s="13" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="J35" s="13" t="s">
-        <v>170</v>
+        <v>76</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P35" s="4">
-        <v>34.81</v>
+        <v>6.14</v>
       </c>
       <c r="Q35" s="4">
-        <v>13.37</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>38.41</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="13" t="s">
-        <v>180</v>
-[...6 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="O36" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P36" s="4">
-        <v>6.14</v>
+        <v>0.83</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="L37" s="4" t="s">
         <v>188</v>
       </c>
+      <c r="L37" s="4"/>
       <c r="M37" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P37" s="4">
-        <v>0.83</v>
+        <v>0.55</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="13"/>
       <c r="K38" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="L38" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="L38" s="4"/>
       <c r="M38" s="4" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="O38" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P38" s="4">
         <v>0.55</v>
       </c>
       <c r="Q38" s="4">
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="L39" s="4"/>
+      <c r="M39" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="L39" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N39" s="4" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P39" s="4">
-        <v>0.55</v>
+        <v>0.67</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="L40" s="4"/>
       <c r="M40" s="4" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="O40" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P40" s="4">
-        <v>0.67</v>
+        <v>0.79</v>
       </c>
       <c r="Q40" s="4">
         <v>0</v>
       </c>
       <c r="R40" s="4">
         <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="L41" s="4"/>
+        <v>198</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>199</v>
+      </c>
       <c r="M41" s="4" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="O41" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P41" s="4">
         <v>0.79</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="13"/>
       <c r="K42" s="4" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="L42" s="4"/>
       <c r="M42" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O42" s="4" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P42" s="4">
-        <v>0.79</v>
+        <v>0.83</v>
       </c>
       <c r="Q42" s="4">
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="13" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="I43" s="13"/>
+        <v>201</v>
+      </c>
+      <c r="I43" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="J43" s="13"/>
       <c r="K43" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="L43" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="M43" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N43" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="O43" s="4" t="s">
         <v>204</v>
       </c>
-      <c r="L43" s="4"/>
-[...8 lines deleted...]
-      </c>
       <c r="P43" s="4">
-        <v>0.83</v>
+        <v>30.55</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>205</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J44" s="13"/>
+      <c r="J44" s="13" t="s">
+        <v>170</v>
+      </c>
       <c r="K44" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>53</v>
+        <v>208</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P44" s="4">
-        <v>30.55</v>
+        <v>26.83</v>
       </c>
       <c r="Q44" s="4">
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J45" s="13" t="s">
-        <v>170</v>
+        <v>211</v>
       </c>
       <c r="K45" s="4" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>42</v>
+        <v>214</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="P45" s="4">
-        <v>26.83</v>
+        <v>31.8</v>
       </c>
       <c r="Q45" s="4">
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <v>0</v>
       </c>
       <c r="S45" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H46" s="13" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J46" s="13" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="K46" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L46" s="4" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M46" s="4" t="s">
-        <v>218</v>
+        <v>101</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="O46" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P46" s="4">
-        <v>31.8</v>
+        <v>27.1</v>
       </c>
       <c r="Q46" s="4">
-        <v>0</v>
+        <v>19.23</v>
       </c>
       <c r="R46" s="4">
-        <v>0</v>
+        <v>70.94</v>
       </c>
       <c r="S46" s="4">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J47" s="13" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P47" s="4">
         <v>32.83</v>
       </c>
       <c r="Q47" s="4">
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K48" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P48" s="4">
         <v>6.3</v>
       </c>
       <c r="Q48" s="4">
         <v>0</v>
       </c>
       <c r="R48" s="4">
         <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>85</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J49" s="13" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="O49" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P49" s="4">
         <v>32.52</v>
       </c>
       <c r="Q49" s="4">
         <v>0</v>
       </c>
       <c r="R49" s="4">
         <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>90</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P50" s="4">
         <v>6.3</v>
       </c>
       <c r="Q50" s="4">
         <v>0</v>
       </c>
       <c r="R50" s="4">
         <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>90</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P51" s="4">
         <v>26.08</v>
       </c>
       <c r="Q51" s="4">
         <v>22.29</v>
       </c>
       <c r="R51" s="4">
         <v>85.48</v>
       </c>
       <c r="S51" s="4">
         <v>40</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="7" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="11"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
       <c r="J52" s="14"/>
       <c r="K52" s="8"/>
       <c r="L52" s="8"/>
       <c r="M52" s="8"/>
       <c r="N52" s="8"/>
       <c r="O52" s="8">
         <v>812.94</v>
       </c>
       <c r="P52" s="8">
         <v>54.89</v>
       </c>
       <c r="Q52" s="8">
         <v>6.75</v>
       </c>
       <c r="R52" s="8"/>
       <c r="S52" s="8"/>