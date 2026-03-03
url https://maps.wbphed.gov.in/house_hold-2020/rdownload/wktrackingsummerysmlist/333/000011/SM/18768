--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -3261,54 +3261,54 @@
       <c r="I34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P34" s="4">
         <v>34.81</v>
       </c>
       <c r="Q34" s="4">
-        <v>13.37</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>38.41</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>10</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
@@ -3979,54 +3979,54 @@
       <c r="I46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P46" s="4">
         <v>27.1</v>
       </c>
       <c r="Q46" s="4">
-        <v>19.23</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>70.94</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>10</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
@@ -4294,88 +4294,88 @@
       <c r="I51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>242</v>
       </c>
       <c r="P51" s="4">
         <v>26.08</v>
       </c>
       <c r="Q51" s="4">
-        <v>22.29</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>85.48</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>40</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="7" t="s">
         <v>243</v>
       </c>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="11"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
       <c r="J52" s="14"/>
       <c r="K52" s="8"/>
       <c r="L52" s="8"/>
       <c r="M52" s="8"/>
       <c r="N52" s="8"/>
       <c r="O52" s="8">
         <v>812.94</v>
       </c>
       <c r="P52" s="8">
-        <v>54.89</v>
+        <v>0</v>
       </c>
       <c r="Q52" s="8">
-        <v>6.75</v>
+        <v>0</v>
       </c>
       <c r="R52" s="8"/>
       <c r="S52" s="8"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A52:N52"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>