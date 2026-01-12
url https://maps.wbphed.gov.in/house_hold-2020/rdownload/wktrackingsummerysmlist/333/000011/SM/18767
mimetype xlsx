--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -543,50 +543,53 @@
     <t>Ground Water based mini piped water supply scheme for Bazeosmanpur village, Block:- Farakka, Jangipur Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000404/2023-2024</t>
   </si>
   <si>
     <t>2829/MURD</t>
   </si>
   <si>
     <t>KALAM SK.</t>
   </si>
   <si>
     <t>Ground Water based mini piped water supply scheme for Jot Raghu village, Block:- Farakka, Jangipur Sub-Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000470/2023-2024</t>
   </si>
   <si>
     <t>2984/MURD</t>
   </si>
   <si>
     <t>RAJIB SAHA</t>
   </si>
   <si>
     <t>Ground Water based mini piped water supply scheme for Kayemba village, Block:- Kandi, Kandi Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer, Estimating Section</t>
   </si>
   <si>
     <t>ORD/000410/2023-2024</t>
   </si>
   <si>
     <t>2831/MURD</t>
   </si>
   <si>
     <t>SUPIA CONSTRUCTION</t>
   </si>
   <si>
     <t>Ground Water based mini piped water supply scheme for Char Juranpur village, Block:- Domkal, Islampur Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000435/2023-2024</t>
   </si>
   <si>
     <t>2872/MURD</t>
   </si>
   <si>
     <t>R.S CONSTRUCTION (PART- ROBIN ROY)</t>
   </si>
   <si>
     <t>Ground Water based mini piped water supply scheme for Ramdova village, Block:- Suti- I, Jangipur Sub- Division in Murshidabad district under Murshidabad Division, P.H.E Dte.</t>
   </si>
@@ -3526,714 +3529,716 @@
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="13" t="s">
         <v>176</v>
       </c>
       <c r="I39" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J39" s="13"/>
+      <c r="J39" s="13" t="s">
+        <v>177</v>
+      </c>
       <c r="K39" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P39" s="4">
         <v>36.61</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O40" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P40" s="4">
         <v>23.3</v>
       </c>
       <c r="Q40" s="4">
         <v>0</v>
       </c>
       <c r="R40" s="4">
         <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K41" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L41" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O41" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P41" s="4">
         <v>26.05</v>
       </c>
       <c r="Q41" s="4">
         <v>9.15</v>
       </c>
       <c r="R41" s="4">
         <v>35.12</v>
       </c>
       <c r="S41" s="4">
         <v>65</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K42" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="L42" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="O42" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P42" s="4">
         <v>33.55</v>
       </c>
       <c r="Q42" s="4">
         <v>15.98</v>
       </c>
       <c r="R42" s="4">
         <v>47.63</v>
       </c>
       <c r="S42" s="4">
         <v>50</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="13" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>158</v>
       </c>
       <c r="K43" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L43" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O43" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P43" s="4">
         <v>34.71</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>40</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J44" s="13" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K44" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L44" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P44" s="4">
         <v>39.37</v>
       </c>
       <c r="Q44" s="4">
         <v>5.08</v>
       </c>
       <c r="R44" s="4">
         <v>12.91</v>
       </c>
       <c r="S44" s="4">
         <v>25</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J45" s="13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K45" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P45" s="4">
         <v>38.3</v>
       </c>
       <c r="Q45" s="4">
         <v>5.21</v>
       </c>
       <c r="R45" s="4">
         <v>13.61</v>
       </c>
       <c r="S45" s="4">
         <v>50</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H46" s="13" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K46" s="4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="L46" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="O46" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P46" s="4">
         <v>37.08</v>
       </c>
       <c r="Q46" s="4">
         <v>2.69</v>
       </c>
       <c r="R46" s="4">
         <v>7.24</v>
       </c>
       <c r="S46" s="4">
         <v>60</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>158</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P47" s="4">
         <v>28.21</v>
       </c>
       <c r="Q47" s="4">
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>40</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K48" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="O48" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P48" s="4">
         <v>36.59</v>
       </c>
       <c r="Q48" s="4">
         <v>0</v>
       </c>
       <c r="R48" s="4">
         <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>10</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>158</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M49" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O49" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P49" s="4">
         <v>29.49</v>
       </c>
       <c r="Q49" s="4">
         <v>6.54</v>
       </c>
       <c r="R49" s="4">
         <v>22.16</v>
       </c>
       <c r="S49" s="4">
         <v>80</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="7" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="11"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="8"/>
       <c r="L50" s="8"/>
       <c r="M50" s="8"/>
       <c r="N50" s="8"/>
       <c r="O50" s="8">
         <v>871.06</v>
       </c>
       <c r="P50" s="8">
         <v>76.14</v>
       </c>
       <c r="Q50" s="8">
         <v>8.74</v>
       </c>
       <c r="R50" s="8"/>
       <c r="S50" s="8"/>