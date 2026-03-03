--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -3299,54 +3299,54 @@
       <c r="I35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>158</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>162</v>
       </c>
       <c r="P35" s="4">
         <v>24.68</v>
       </c>
       <c r="Q35" s="4">
-        <v>16.16</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>65.49</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>60</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
@@ -3362,54 +3362,54 @@
       <c r="I36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>165</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>166</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>167</v>
       </c>
       <c r="P36" s="4">
         <v>36.59</v>
       </c>
       <c r="Q36" s="4">
-        <v>5.15</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>14.08</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>50</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
@@ -3425,54 +3425,54 @@
       <c r="I37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P37" s="4">
         <v>24.4</v>
       </c>
       <c r="Q37" s="4">
-        <v>3.64</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>14.9</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>60</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>23</v>
       </c>
@@ -3488,54 +3488,54 @@
       <c r="I38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>158</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P38" s="4">
         <v>28.21</v>
       </c>
       <c r="Q38" s="4">
-        <v>6.55</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>23.21</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>30</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
@@ -3675,54 +3675,54 @@
       <c r="I41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P41" s="4">
         <v>26.05</v>
       </c>
       <c r="Q41" s="4">
-        <v>9.15</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>35.12</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>65</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>23</v>
       </c>
@@ -3738,54 +3738,54 @@
       <c r="I42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P42" s="4">
         <v>33.55</v>
       </c>
       <c r="Q42" s="4">
-        <v>15.98</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>47.63</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>50</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>23</v>
       </c>
@@ -3864,54 +3864,54 @@
       <c r="I44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>199</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>202</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>203</v>
       </c>
       <c r="P44" s="4">
         <v>39.37</v>
       </c>
       <c r="Q44" s="4">
-        <v>5.08</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>12.91</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>25</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>23</v>
       </c>
@@ -3927,54 +3927,54 @@
       <c r="I45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>205</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>209</v>
       </c>
       <c r="P45" s="4">
         <v>38.3</v>
       </c>
       <c r="Q45" s="4">
-        <v>5.21</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>13.61</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>50</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>23</v>
       </c>
@@ -3990,54 +3990,54 @@
       <c r="I46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>164</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>213</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>214</v>
       </c>
       <c r="P46" s="4">
         <v>37.08</v>
       </c>
       <c r="Q46" s="4">
-        <v>2.69</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>7.24</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>60</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
@@ -4179,88 +4179,88 @@
       <c r="I49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>158</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>228</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>229</v>
       </c>
       <c r="P49" s="4">
         <v>29.49</v>
       </c>
       <c r="Q49" s="4">
-        <v>6.54</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>22.16</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>80</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="7" t="s">
         <v>230</v>
       </c>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="11"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="8"/>
       <c r="L50" s="8"/>
       <c r="M50" s="8"/>
       <c r="N50" s="8"/>
       <c r="O50" s="8">
         <v>871.06</v>
       </c>
       <c r="P50" s="8">
-        <v>76.14</v>
+        <v>0</v>
       </c>
       <c r="Q50" s="8">
-        <v>8.74</v>
+        <v>0</v>
       </c>
       <c r="R50" s="8"/>
       <c r="S50" s="8"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A50:N50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>