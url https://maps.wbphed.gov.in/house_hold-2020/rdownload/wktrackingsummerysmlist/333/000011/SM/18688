--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1082,54 +1082,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>215.67</v>
       </c>
       <c r="Q6" s="4">
-        <v>68.93</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>31.96</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1200,54 +1200,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>182.7</v>
       </c>
       <c r="Q8" s="4">
-        <v>78.67</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>43.06</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>21</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1261,54 +1261,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>74.87</v>
       </c>
       <c r="Q9" s="4">
-        <v>10.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>14.44</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1661,54 +1661,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>901.52</v>
       </c>
       <c r="P16" s="8">
-        <v>158.41</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>17.57</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>