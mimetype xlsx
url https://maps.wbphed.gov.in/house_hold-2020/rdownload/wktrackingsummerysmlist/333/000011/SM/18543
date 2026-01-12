--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -231,50 +231,65 @@
     <t>10/05/2025</t>
   </si>
   <si>
     <t>TARUN KUMAR BHATTACHARYA</t>
   </si>
   <si>
     <t>Work order for Hiring of Maxicab (Non-Air Condition, Bharat Stage-III on or after 01/05/2008 with diesel/LPG/ CNG Engine) in perfect good condition of performing very long journey and should cover anywhere within any trouble on daily wage basis for official used under the control of the Assistant Engineer, Lalbagh Sub-Division, P.H.E. Dte. For 176 Days i.e. form 08.04.2025 to 30.09.2025. (The cost inclusive of all charges due to the wages of Driver, Taxes, Insurance, Fees etc. as applicable Excluding fuel, lubricant etc. as per order). (Vehicle No.WB58AX9595)</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 1</t>
   </si>
   <si>
     <t>ORD/000005/2025-2026</t>
   </si>
   <si>
     <t>133/LSD</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>BARI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Preparation of D.P.R Consultancy work Augmentation/Augmentation with Retrofitting in connection with the Functional House Hold TapConnection of 14 (fourteen) nos existing commisioned PWSS Bhagwangola, Nabagram, Lalgola Block of Lalbagh Sub-Division under Murshidabad Division P.H.E. Dte. Name of Schemes- Amarkundu, Bhandara zone-I, Bhandara zone-II, Habaspur, Kanta nagar Nabagram Zone-I , Nabagram Zone-II , Panchgram Zone-I, Panchgram Zone-II,Panchgram Zone-III, Lalgola Zone-I, Lalgola Zone-II, Lalgola Zone-III , Lalgola Zone-IV Water Supply Schemes of Lalbagh Sub- Division under Murshidabad Division</t>
+  </si>
+  <si>
+    <t>ORD/000394/2023-2024</t>
+  </si>
+  <si>
+    <t>2792/MURD</t>
+  </si>
+  <si>
+    <t>04/09/2023</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -663,51 +678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1200,87 +1215,148 @@
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>0.86</v>
       </c>
       <c r="Q9" s="4">
         <v>1.1</v>
       </c>
       <c r="R9" s="4">
         <v>127.83</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="7" t="s">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="B10" s="7"/>
-[...22 lines deleted...]
-      <c r="S10" s="8"/>
+      <c r="I10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P10" s="4">
+        <v>39.85</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0.04</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0.1</v>
+      </c>
+      <c r="S10" s="4">
+        <v>100</v>
+      </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>612.12</v>
+      </c>
+      <c r="P11" s="8">
+        <v>44.13</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>7.21</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>