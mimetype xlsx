--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -898,54 +898,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>0.9</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.36</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>263.48</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1018,54 +1018,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>8.78</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>25.37</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1079,54 +1079,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>507.37</v>
       </c>
       <c r="Q7" s="4">
-        <v>38.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>7.57</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1201,54 +1201,54 @@
       <c r="I9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>0.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>127.83</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1262,88 +1262,88 @@
       <c r="I10" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P10" s="4">
         <v>39.85</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>612.12</v>
       </c>
       <c r="P11" s="8">
-        <v>44.13</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>7.21</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>