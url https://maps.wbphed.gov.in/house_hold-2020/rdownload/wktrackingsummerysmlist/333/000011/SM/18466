--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -227,81 +227,66 @@
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>NEW SERVICE INDRANI PH1 ID304222223</t>
   </si>
   <si>
     <t>BILL/01148/2023-2024</t>
   </si>
   <si>
     <t>227/WBSEDCL-JJM</t>
   </si>
   <si>
     <t>09/01/2024</t>
   </si>
   <si>
     <t>NEW SERVICE CONNECTION AT INDRANI PH III, ID304233664</t>
   </si>
   <si>
     <t>BILL/01213/2023-2024</t>
   </si>
   <si>
     <t>291/WBSEDCL-JJM</t>
   </si>
   <si>
-    <t>Indrani (Part-B) &amp; adjoining moujas PWSS to accommodate Of T/W,LDS, Pump House Cum Chlorine Room,boundary wall and service road, under Jal Jeevan Mission of Murshidabad District under Murshidabad Division, PHE.Dte.</t>
+    <t>INDRANI (Part-A) &amp; adjoining mouzas PWSS to accommodate FHTC, Construction Tube Well, OHR, Pump House Cum Chlorine Room, Rising Main, FHTC work, boundary wall and service road, under Jal Jeevan Mission of Murshidabad District under Murshidabad Division, PHE. Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 1</t>
   </si>
   <si>
-    <t>ORD/000171/2023-2024</t>
-[...2 lines deleted...]
-    <t>1987/MURD</t>
+    <t>ORD/000172/2023-2024</t>
+  </si>
+  <si>
+    <t>1988/MURD</t>
   </si>
   <si>
     <t>21/07/2023</t>
-  </si>
-[...13 lines deleted...]
-    <t>1988/MURD</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>DHIRENDRANATH MONDAL</t>
   </si>
   <si>
     <t>Sinking of 01 (One) No of 250mm x 150 mm dia Repalcement tube well 100.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at Faridpur and Indrani Water Supply Scheme under Murshidabad Division, P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>ORD/000670/2022-2023</t>
   </si>
   <si>
     <t>3411/MURD</t>
   </si>
   <si>
     <t>22/12/2022</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>R.K. DRILLING SERVICES</t>
   </si>
@@ -714,51 +699,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1360,230 +1345,167 @@
       <c r="H11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
-        <v>433.05</v>
+        <v>569.67</v>
       </c>
       <c r="Q11" s="4">
-        <v>290.83</v>
+        <v>91.31</v>
       </c>
       <c r="R11" s="4">
-        <v>67.16</v>
+        <v>16.03</v>
       </c>
       <c r="S11" s="4">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P12" s="4">
-        <v>569.67</v>
+        <v>8.4</v>
       </c>
       <c r="Q12" s="4">
-        <v>91.31</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>16.03</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...29 lines deleted...]
-      <c r="K13" s="4" t="s">
+      <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="L13" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>925.01</v>
+      </c>
+      <c r="P13" s="8">
+        <v>91.31</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>9.87</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>