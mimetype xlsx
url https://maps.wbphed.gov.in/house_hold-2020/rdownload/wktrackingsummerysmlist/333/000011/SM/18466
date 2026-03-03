--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1348,54 +1348,54 @@
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>569.67</v>
       </c>
       <c r="Q11" s="4">
-        <v>91.31</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>16.03</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>10</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1445,54 +1445,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>925.01</v>
       </c>
       <c r="P13" s="8">
-        <v>91.31</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>9.87</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>