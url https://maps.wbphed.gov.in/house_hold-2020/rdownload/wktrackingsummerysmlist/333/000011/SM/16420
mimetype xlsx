--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -257,51 +257,51 @@
   <si>
     <t>2769/MURD</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>MITRA CONSTRUCTION</t>
   </si>
   <si>
     <t>Augmentation of Ground Water Based Rejinagar Zone III PWSS of accommodate with Boundary Wall, 400 CUM OHR in Beldanga II Block within Murshidabad District under Murshidabad Division, PHE Dte. [ Part B ]</t>
   </si>
   <si>
     <t>ORD/000589/2023-2024</t>
   </si>
   <si>
     <t>3331/MURD</t>
   </si>
   <si>
     <t>23/10/2023</t>
   </si>
   <si>
-    <t>18/06/2025</t>
+    <t>16/10/2025</t>
   </si>
   <si>
     <t>NEW INDIA CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>