--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -913,54 +913,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>21.42</v>
       </c>
       <c r="Q4" s="4">
-        <v>15.21</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>70.99</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>6</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -974,54 +974,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>97.48</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.07</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>4.17</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1035,54 +1035,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>19.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>12.98</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1096,54 +1096,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P7" s="4">
         <v>15.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>26.38</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1332,88 +1332,88 @@
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>188.69</v>
       </c>
       <c r="Q11" s="4">
-        <v>29.86</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>15.83</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>550.75</v>
       </c>
       <c r="P12" s="8">
-        <v>55.92</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>10.15</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>