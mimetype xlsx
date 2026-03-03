--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -146,90 +146,90 @@
   <si>
     <t>04/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Berhampore Mechanical</t>
   </si>
   <si>
     <t>Electric Service Connection at SABARMBATI PWSS ph ii, Application NO.3004494928, ID 304193739</t>
   </si>
   <si>
     <t>BILL/01081/2023-2024</t>
   </si>
   <si>
     <t>187/WBSEDCL-JJM</t>
   </si>
   <si>
     <t>19/12/2023</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
+    <t>NEW SERVICE CONNECTION AT PWSS PANCHTHUPI PH 1 Z2 ID 304247057</t>
+  </si>
+  <si>
+    <t>BILL/01421/2023-2024</t>
+  </si>
+  <si>
+    <t>313/WBSEDCL-JJM</t>
+  </si>
+  <si>
+    <t>05/02/2024</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT PWSS PANCHTHUPI PH3 Z2 ID 304247149</t>
+  </si>
+  <si>
+    <t>BILL/01423/2023-2024</t>
+  </si>
+  <si>
+    <t>325/WBSEDCL-JJM</t>
+  </si>
+  <si>
+    <t>06/02/2024</t>
+  </si>
+  <si>
     <t>Formal work order for Augmentation of PANCHTHUPI ZONE-II PWSS to accommodate FHTC , under Jal Jeevan Mission, Block- BURWAN of Kandi Sub-Division, Murshidabad District under Murshidabad Division, PHE.Dte.</t>
   </si>
   <si>
     <t>ORD/000814/2022-2023</t>
   </si>
   <si>
     <t>672/MURD</t>
   </si>
   <si>
     <t>09/03/2023</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>IMRAN CONSTRUCTION</t>
-  </si>
-[...22 lines deleted...]
-    <t>06/02/2024</t>
   </si>
   <si>
     <t>Central Drilling</t>
   </si>
   <si>
     <t>Construction of Big Diameter Tube-Well by Deploying of Suitable Capacity Drilling Rig (Direct Rotary, Reverse Rotary, Odex Method) at Different Districts for Different Water Supply Schemes Including Procurement &amp; Installation Pumping Machinery with All Allied Accessories at the Above Constructed Tube-Wells Under JJM Program throughout the State of West Bengal. (2ed call of NIET 25 of 2022-23)</t>
   </si>
   <si>
     <t>Assistant Engineer,Driller In Charge</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000001/2023-2024</t>
   </si>
   <si>
     <t>1415/CDD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>21/07/2024</t>
   </si>
@@ -808,54 +808,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>89.28</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.91</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>2.14</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>76</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -944,210 +944,210 @@
         <v>4.81</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="P6" s="4">
-        <v>416.51</v>
+        <v>7.38</v>
       </c>
       <c r="Q6" s="4">
-        <v>197.28</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>47.37</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P7" s="4">
-        <v>7.38</v>
+        <v>7.28</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="I8" s="13"/>
-[...1 lines deleted...]
-      <c r="K8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="M8" s="4" t="s">
+      <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="N8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>7.28</v>
+        <v>416.51</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
@@ -1158,88 +1158,88 @@
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>34.41</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>11</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>21901.53</v>
       </c>
       <c r="P10" s="8">
-        <v>233.61</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>1.07</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>