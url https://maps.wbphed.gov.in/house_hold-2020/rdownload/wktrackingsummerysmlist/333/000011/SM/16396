--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -195,50 +195,71 @@
     <t>2886/MURD</t>
   </si>
   <si>
     <t>12/09/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>DHIRENDRANATH MONDAL</t>
   </si>
   <si>
     <t>Allied &amp; Balance Work for Laying of Distribution System, Approach Service Road, Construction of Box Culvert and Land Development of AMLAI PWSS to accommodate FHTC under Jal Jeevan Mission of Murshidabad District under Bharatpur-I Block, Kandi Sub-Division of Murshidabad Division ,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000735/2023-2024</t>
   </si>
   <si>
     <t>55/MURD</t>
   </si>
   <si>
     <t>05/01/2024</t>
   </si>
   <si>
     <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>Sinking of 02 (Two) Nos of 250mm x 150 mm dia tube well i.e. TW-I, II of 120.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at AMLAI and MATHUA Water Supply Scheme under Murshidabad Division, P.H. Engineering Dte.</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER,JUNIOR ENGINEER 5,JUNIOR ENGINEER_BHARATPUR 2 BLOCK</t>
+  </si>
+  <si>
+    <t>ORD/000393/2023-2024</t>
+  </si>
+  <si>
+    <t>2795/MURD</t>
+  </si>
+  <si>
+    <t>04/09/2023</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
+  </si>
+  <si>
+    <t>INDRAJIT MAZUMDAR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -627,51 +648,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1109,87 +1130,150 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>53.07</v>
       </c>
       <c r="Q8" s="4">
         <v>28.72</v>
       </c>
       <c r="R8" s="4">
         <v>54.11</v>
       </c>
       <c r="S8" s="4">
         <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" s="4">
+        <v>18.44</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>725.89</v>
+      </c>
+      <c r="P10" s="8">
+        <v>356.46</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>49.11</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>