--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1053,54 +1053,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>591.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>327.74</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>55.39</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>10</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1116,54 +1116,54 @@
       <c r="I8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>53.07</v>
       </c>
       <c r="Q8" s="4">
-        <v>28.72</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>54.11</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1213,54 +1213,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>725.89</v>
       </c>
       <c r="P10" s="8">
-        <v>356.46</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>49.11</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>