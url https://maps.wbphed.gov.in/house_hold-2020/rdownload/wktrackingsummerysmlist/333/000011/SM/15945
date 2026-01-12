--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -291,50 +291,68 @@
     <t>17/06/2025</t>
   </si>
   <si>
     <t>JOY GURU ENTERPRISE</t>
   </si>
   <si>
     <t>Preparation of DPR for drinking water supply scheme to facilitate 63 Nos (List Enclosed) Uncovered mouzas of Jangipur Sub-Division [Raghunathganj-I, Raghunathganj-II, Suti-I, Suti-II, Farakka, Samserganj Block] which includes Route survey using DGPS/Drone/Total Station etc. &amp; all related field work for technical data collection, Household Survey using PHED developed mobile application, Preparation and supply of Geo reference drawing / layout plan of the zone-wise Command area of water distribution and transmission Pipeline network of the schemes showing all requisite features, design of Pipeline Network. Design (if necessary), drawing &amp; estimation of all necessary structures, Preparation &amp; Submission of DPR booklets &amp; Bid Document ( in both hard and soft copies) including Preparation of Booklet for SLSSC for individual PWSS, all complete in consultation with the EIC under Murshidabad Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 6</t>
   </si>
   <si>
     <t>ORD/000578/2022-2023</t>
   </si>
   <si>
     <t>3001/MURD</t>
   </si>
   <si>
     <t>11/11/2022</t>
   </si>
   <si>
     <t>26/12/2022</t>
   </si>
   <si>
     <t>RADIANT</t>
+  </si>
+  <si>
+    <t>Sinking of 02 (Two) Nos of 250mm x 150 mm dia tube well i.e. TW-I, II of 120.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at KOHETPUR Water Supply Scheme at Head Work Site, 2nd Site site at Samserganj Block under Murshidabad Division, P.H. Engineering Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000275/2023-2024</t>
+  </si>
+  <si>
+    <t>2605/MURD</t>
+  </si>
+  <si>
+    <t>22/08/2023</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>MAMATA USHA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -723,51 +741,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1510,87 +1528,150 @@
       </c>
       <c r="N13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P13" s="4">
         <v>253.25</v>
       </c>
       <c r="Q13" s="4">
         <v>5.16</v>
       </c>
       <c r="R13" s="4">
         <v>2.04</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="7" t="s">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="B14" s="7"/>
-[...22 lines deleted...]
-      <c r="S14" s="8"/>
+      <c r="I14" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" s="4">
+        <v>18.44</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>50</v>
+      </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>1302.57</v>
+      </c>
+      <c r="P15" s="8">
+        <v>154.05</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>11.83</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>