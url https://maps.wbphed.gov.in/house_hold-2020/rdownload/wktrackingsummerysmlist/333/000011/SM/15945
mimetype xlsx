--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1325,54 +1325,54 @@
       <c r="I10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>379.82</v>
       </c>
       <c r="Q10" s="4">
-        <v>141.31</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>37.2</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>22</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1388,54 +1388,54 @@
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>458.7</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.58</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>1.65</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>10</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1514,54 +1514,54 @@
       <c r="I13" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P13" s="4">
         <v>253.25</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.16</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>2.04</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1611,54 +1611,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1302.57</v>
       </c>
       <c r="P15" s="8">
-        <v>154.05</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>11.83</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>