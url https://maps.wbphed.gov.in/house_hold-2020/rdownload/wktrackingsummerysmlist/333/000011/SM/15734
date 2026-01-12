--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -284,51 +284,51 @@
   <si>
     <t>2369/MURD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
     <t>03/08/2025</t>
   </si>
   <si>
     <t>A.S. CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction 2 (Two ) Nos Pump House with clorine Room (5.90 m X 4.825m) with sanitary and Water Supply Arrangement and 210 mtr Boundary wall at Head Work site and 55Mtr at 2nd site of Sarbangapur Zone -IB , Bara Satui &amp; Chandkati Pipe water supply scheme under Berhampore Sub Division within Murshidabad Division .</t>
   </si>
   <si>
     <t>ORD/000044/2024-2025</t>
   </si>
   <si>
     <t>1930/MURD</t>
   </si>
   <si>
     <t>03/07/2024</t>
   </si>
   <si>
-    <t>23/10/2025</t>
+    <t>22/12/2025</t>
   </si>
   <si>
     <t>BISWAS CONSTRUCTION (GOLAM MURTAJA, BABLABONA AAIFB7956Q)</t>
   </si>
   <si>
     <t>Construction of Boundwary Wall , Pump House (Two nos), Construction of PCC approach road for Augmentation of SARBANGAPUR ZONE-IB PWSS in NAWDA Block , Berhampore Sub-Division under Murshidabad Division ,PHE.Dte.</t>
   </si>
   <si>
     <t>ORD/000846/2023-2024</t>
   </si>
   <si>
     <t>779/MURD</t>
   </si>
   <si>
     <t>14/03/2024</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>STARK ENTERPRISE</t>
   </si>
   <si>
     <t>Providing 1612 nos FHTC Connection for Augmentation of SARBANGAPUR ZONE-IB PWSS in NAWDA Block , Berhampore Sub-Division under Murshidabad Division, PHE. Dte.</t>
   </si>