--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -997,54 +997,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>53.26</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>9.33</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1115,54 +1115,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>84.67</v>
       </c>
       <c r="Q6" s="4">
-        <v>49.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>58.88</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1237,54 +1237,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>4.63</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>90.82</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1298,54 +1298,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>18.45</v>
       </c>
       <c r="Q9" s="4">
-        <v>16.05</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1528,54 +1528,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>114.35</v>
       </c>
       <c r="Q13" s="4">
-        <v>33.32</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>29.14</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1650,54 +1650,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>43.61</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>10.41</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>70</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1804,54 +1804,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>111</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>557.64</v>
       </c>
       <c r="P18" s="8">
-        <v>112.94</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>20.25</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>