--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -176,51 +176,51 @@
   <si>
     <t>BILL/01466/2023-2024</t>
   </si>
   <si>
     <t>358/WBSEDCL-JJM</t>
   </si>
   <si>
     <t>Formal Work Order For Construction of 150 Cum OHR, Pump House at Head Work Site &amp; 2nd Tube well site , Laying Distribution System, Rising Main, FHTC, Boundary wall of MOLLA PWSS in Kandi Block , Kandi Sub-Division under Murshidabad Division ,PHE.Dte. ( Scheme ID -PH222362345S000) [(i)Amount for LDS , R.Main &amp; FHTC: Rs.1,98,91,791.00 &amp; (ii) Amount for OHR, Boundwary Wall &amp; Pump House : Rs. 1,23,31,559.00]</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER ESTIMATING SECTION</t>
   </si>
   <si>
     <t>ORD/000749/2022-2023</t>
   </si>
   <si>
     <t>415/MURD</t>
   </si>
   <si>
     <t>15/02/2023</t>
   </si>
   <si>
-    <t>01/04/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>M/S NIRAPADA BHATTACHARJEE</t>
   </si>
   <si>
     <t>Sinking of 02(Two) Nos 250mm x 150 mm dia tube well 100.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at MOLLA PWSS at Head Work Site &amp; 2nd Tube Well Site in Kandi Block under Kandi Sub-Division, Murshidabad Division,P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>Junior Engineer, Estimating Section</t>
   </si>
   <si>
     <t>ORD/000742/2022-2023</t>
   </si>
   <si>
     <t>381/MURD</t>
   </si>
   <si>
     <t>10/02/2023</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>NADIA TUBEWELLS</t>
   </si>
@@ -1038,54 +1038,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>322.07</v>
       </c>
       <c r="Q7" s="4">
-        <v>15.96</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>4.95</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>5</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1101,88 +1101,88 @@
       <c r="I8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>16.81</v>
       </c>
       <c r="Q8" s="4">
-        <v>15.53</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>92.39</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>404.17</v>
       </c>
       <c r="P9" s="8">
-        <v>31.49</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>7.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>