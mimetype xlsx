--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -161,51 +161,51 @@
   <si>
     <t>338/WBSEDCL-JJM</t>
   </si>
   <si>
     <t>17/12/2024</t>
   </si>
   <si>
     <t>Formal work order for the work of TENTULIA &amp; adjoining moujas PWSS to accommodate FHTC, Construction Tube Well, OHR, Pump House Cum Chlorine Room, Laying Distribution System, Rising Main, boundary wall, IEP and service road, under Jal Jevan Mission of Murshidabad District under Murshidabad Division, PHE.Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER ESTIMATING SECTION</t>
   </si>
   <si>
     <t>ORD/000708/2022-2023</t>
   </si>
   <si>
     <t>122/MURD</t>
   </si>
   <si>
     <t>13/01/2023</t>
   </si>
   <si>
-    <t>31/03/2025</t>
+    <t>31/03/2026</t>
   </si>
   <si>
     <t>SOUNAK ENTERPRISE</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sunk Tube Well in connection to Accommodate FHTC at Pump House No.-I &amp; II under TENTULIA ground water based water supply scheme under Block_ Kandi, Dist. - Murshidabad under MEDB, PHE Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER-II</t>
   </si>
   <si>
     <t>Junior engineer-II</t>
   </si>
   <si>
     <t>ORD/000160/2023-2024</t>
   </si>
   <si>
     <t>2018/MEDB</t>
   </si>
   <si>
     <t>19/06/2023</t>
   </si>
   <si>
     <t>02/01/2026</t>
   </si>