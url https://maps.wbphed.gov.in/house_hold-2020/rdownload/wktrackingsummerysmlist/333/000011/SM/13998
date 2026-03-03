--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1041,54 +1041,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>271.09</v>
       </c>
       <c r="Q7" s="4">
-        <v>113.69</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>41.94</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>10</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1201,54 +1201,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>311.91</v>
       </c>
       <c r="P10" s="8">
-        <v>113.69</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>36.45</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>