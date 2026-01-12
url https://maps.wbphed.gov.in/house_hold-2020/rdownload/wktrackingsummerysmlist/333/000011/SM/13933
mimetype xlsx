--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -185,51 +185,51 @@
   <si>
     <t>79/MURD/02</t>
   </si>
   <si>
     <t>09/01/2024</t>
   </si>
   <si>
     <t>Formal work order for the work of PUNIA &amp; adjoining moujas PWSS to accommodate FHTC, Construction Tube Well, OHR, Pump House Cum Chlorine Room, Laying Distribution System, Rising Main, boundary wall and service road, under Jal Jevan Mission of Murshidabad District under Murshidabad Division, PHE.Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 1</t>
   </si>
   <si>
     <t>ORD/000692/2022-2023</t>
   </si>
   <si>
     <t>164/MURD</t>
   </si>
   <si>
     <t>17/01/2023</t>
   </si>
   <si>
-    <t>01/12/2025</t>
+    <t>21/11/2026</t>
   </si>
   <si>
     <t>M/S.TAPAS KUMAR CHAKRABORTY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>