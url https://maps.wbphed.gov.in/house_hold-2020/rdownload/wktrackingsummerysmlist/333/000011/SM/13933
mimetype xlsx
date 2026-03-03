--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -963,54 +963,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>22.32</v>
       </c>
       <c r="Q6" s="4">
-        <v>14.31</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>64.09</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1085,88 +1085,88 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>561.45</v>
       </c>
       <c r="Q8" s="4">
-        <v>326.12</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>58.08</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>26</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>625.09</v>
       </c>
       <c r="P9" s="8">
-        <v>340.42</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>54.46</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>