--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1427,54 +1427,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.59</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1486,54 +1486,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>4.23</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1545,54 +1545,54 @@
         <v>36</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>3.7</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.58</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.94</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -2744,54 +2744,54 @@
         <v>100</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P26" s="4">
         <v>3.06</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.53</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2803,54 +2803,54 @@
         <v>107</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P27" s="4">
         <v>7.58</v>
       </c>
       <c r="Q27" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>59.7</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2862,54 +2862,54 @@
         <v>112</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P28" s="4">
         <v>2.29</v>
       </c>
       <c r="Q28" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>92.06</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2980,54 +2980,54 @@
         <v>124</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P30" s="4">
         <v>4.23</v>
       </c>
       <c r="Q30" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -5022,54 +5022,54 @@
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>238</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>241</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>242</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>243</v>
       </c>
       <c r="P66" s="4">
         <v>82.31</v>
       </c>
       <c r="Q66" s="4">
-        <v>5.64</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>6.85</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5136,54 +5136,54 @@
         <v>248</v>
       </c>
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13"/>
       <c r="K68" s="4" t="s">
         <v>249</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>250</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>251</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P68" s="4">
         <v>39.01</v>
       </c>
       <c r="Q68" s="4">
-        <v>35.88</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>91.98</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -5195,54 +5195,54 @@
         <v>252</v>
       </c>
       <c r="I69" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J69" s="13"/>
       <c r="K69" s="4" t="s">
         <v>253</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>254</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>256</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P69" s="4">
         <v>1.53</v>
       </c>
       <c r="Q69" s="4">
-        <v>1.06</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>69.43</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5254,54 +5254,54 @@
         <v>257</v>
       </c>
       <c r="I70" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J70" s="13"/>
       <c r="K70" s="4" t="s">
         <v>258</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>259</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P70" s="4">
         <v>1.53</v>
       </c>
       <c r="Q70" s="4">
-        <v>1.53</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5313,54 +5313,54 @@
         <v>262</v>
       </c>
       <c r="I71" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J71" s="13"/>
       <c r="K71" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P71" s="4">
         <v>3.06</v>
       </c>
       <c r="Q71" s="4">
-        <v>2.12</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>69.43</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5372,54 +5372,54 @@
         <v>267</v>
       </c>
       <c r="I72" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J72" s="13"/>
       <c r="K72" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>269</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>270</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P72" s="4">
         <v>3.06</v>
       </c>
       <c r="Q72" s="4">
-        <v>2.12</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>69.43</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5433,88 +5433,88 @@
       <c r="I73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>238</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>272</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>273</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>241</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>242</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P73" s="4">
         <v>16.5</v>
       </c>
       <c r="Q73" s="4">
-        <v>4.12</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>24.98</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>67</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="7" t="s">
         <v>274</v>
       </c>
       <c r="B74" s="7"/>
       <c r="C74" s="7"/>
       <c r="D74" s="7"/>
       <c r="E74" s="11"/>
       <c r="F74" s="7"/>
       <c r="G74" s="7"/>
       <c r="H74" s="14"/>
       <c r="I74" s="14"/>
       <c r="J74" s="14"/>
       <c r="K74" s="8"/>
       <c r="L74" s="8"/>
       <c r="M74" s="8"/>
       <c r="N74" s="8"/>
       <c r="O74" s="8">
         <v>213.18</v>
       </c>
       <c r="P74" s="8">
-        <v>73.22</v>
+        <v>0</v>
       </c>
       <c r="Q74" s="8">
-        <v>34.35</v>
+        <v>0</v>
       </c>
       <c r="R74" s="8"/>
       <c r="S74" s="8"/>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A74:N74"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>