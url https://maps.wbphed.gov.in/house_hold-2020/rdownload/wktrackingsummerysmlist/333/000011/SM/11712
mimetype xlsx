--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -89,75 +89,54 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>MURSHIDABAD</t>
   </si>
   <si>
     <t>Murshidabad Division</t>
   </si>
   <si>
     <t>Augmentation of Bahadurpur Piped Water Supply Scheme Block Suti-I District - Murshidabad.</t>
   </si>
   <si>
     <t>SM/11712</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
-    <t>Formal Work Order for Retrofitting Functional Household Tap Connection (FHTC) under Jal Swapna (Jal Jeevan Mission) and under command area of village of DOGACHHI (Village code 313848) under DOGACHHI under Ground Water Based Water Supply Scheme (SAMSERGANJ Block) and BAHADURPUR (Village Code-313924) under BAHADURPUR Ground Water Based Water Supply Scheme for (SUTI-I BLOCK) Arsenic Affected Areas of under Murshidabad Division, PHE Dte.</t>
+    <t>Preparation of D.P.R Consultancy work ( Augmentation/With Retrofitting/Retrofitting Only) in connection with the Functional House Hold Tap Connection of 10(Ten) Nos existing commissioned PWSS of Jangipur Sub-Division under Murshidabad Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
-  </si>
-[...19 lines deleted...]
-    <t>Preparation of D.P.R Consultancy work ( Augmentation/With Retrofitting/Retrofitting Only) in connection with the Functional House Hold Tap Connection of 10(Ten) Nos existing commissioned PWSS of Jangipur Sub-Division under Murshidabad Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER 6</t>
   </si>
   <si>
     <t>ORD/001472/2021-2022</t>
   </si>
   <si>
     <t>287/MURD</t>
   </si>
   <si>
     <t>03/02/2022</t>
   </si>
   <si>
     <t>04/04/2022</t>
   </si>
   <si>
     <t>STEELCONC AND ASSOCIATES</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000096/2023-2024</t>
   </si>
@@ -600,51 +579,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -760,283 +739,222 @@
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
-        <v>268.47</v>
+        <v>81.43</v>
       </c>
       <c r="Q3" s="4">
-        <v>45.81</v>
+        <v>3.4</v>
       </c>
       <c r="R3" s="4">
-        <v>17.06</v>
+        <v>4.17</v>
       </c>
       <c r="S3" s="4">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="I4" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="13" t="s">
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="N4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>81.43</v>
+        <v>19.36</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.4</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>4.17</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="I5" s="13"/>
-[...1 lines deleted...]
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
-        <v>19.36</v>
+        <v>2120.16</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="3">
-[...18 lines deleted...]
-      <c r="H6" s="13" t="s">
+      <c r="A6" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>2220.95</v>
+      </c>
+      <c r="P6" s="8">
+        <v>3.4</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>0.15</v>
+      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>