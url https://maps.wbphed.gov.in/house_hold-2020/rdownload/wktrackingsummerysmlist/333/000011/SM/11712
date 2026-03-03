--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -742,54 +742,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>81.43</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.4</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>4.17</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -894,54 +894,54 @@
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="11"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8">
         <v>2220.95</v>
       </c>
       <c r="P6" s="8">
-        <v>3.4</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="8">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>