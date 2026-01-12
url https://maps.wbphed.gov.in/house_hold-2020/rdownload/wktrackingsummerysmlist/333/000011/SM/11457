--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -149,51 +149,51 @@
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>GOSWAMI TRANSPORT &amp; ENGINEERING WORKS</t>
   </si>
   <si>
     <t>Engagement of Consultant for Field Data collection, pipeline network analysis by analyzing actual household demand in pipeline sections, identification of low pressure areas with in the pipe network system and proposing probable solution of the same in 2(Two) nos water supply schemes in Murshidabad Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
   </si>
   <si>
     <t>Junior Engineer 3</t>
   </si>
   <si>
     <t>ORD/000071/2024-2025</t>
   </si>
   <si>
     <t>2022/MURD</t>
   </si>
   <si>
     <t>11/07/2024</t>
   </si>
   <si>
-    <t>25/08/2024</t>
+    <t>21/06/2025</t>
   </si>
   <si>
     <t>DHPE</t>
   </si>
   <si>
     <t>RTOR000025/2024-2025</t>
   </si>
   <si>
     <t>MURD/2481</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>Laying Distribution System and Construction of 1 (one) no Toilet Block with sanitary and Water Supply Arrangement &amp; 2(two) nos Pump House Office cum godown repairing., for Augmentation of MITHIPUR PWSS in Raghunathganj-II Block , Jangipur Sub-Division under Murshidabad Division ,PHE.Dte.</t>
   </si>
   <si>
     <t>ORD/000704/2022-2023</t>
   </si>
   <si>
     <t>145/MURD</t>
   </si>
   <si>
     <t>17/01/2023</t>
   </si>
@@ -231,50 +231,68 @@
     <t>13/01/2023</t>
   </si>
   <si>
     <t>12/02/2023</t>
   </si>
   <si>
     <t>M/S. S.S. ENTERPRISE (SANTU GHOSH)</t>
   </si>
   <si>
     <t>Construction of 250 Cum OHR for Augmentation of Mithipur Water Supply Scheme in Raghunathganj-II Block , Jangipur Sub-Division under Murshidabad Division ,PHE.Dte.</t>
   </si>
   <si>
     <t>ORD/000722/2022-2023</t>
   </si>
   <si>
     <t>172/MURD</t>
   </si>
   <si>
     <t>18/01/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>SANJIB GHOSH</t>
+  </si>
+  <si>
+    <t>Sinking of 01 (One) No of 300mm x 200 mm dia tube well i.e. TW-I of 120.00 mtr. deep by direct rotary rig method using UPVC Pipe and UPVC Deep Well Screen (RDS) filter at Mithipur Water Supply Scheme as required at Raghunathganj-II Block under Murshidabad Division, P.H. Engineering Dte</t>
+  </si>
+  <si>
+    <t>ORD/000102/2023-2024</t>
+  </si>
+  <si>
+    <t>1743/MURD</t>
+  </si>
+  <si>
+    <t>06/07/2023</t>
+  </si>
+  <si>
+    <t>16/03/2025</t>
+  </si>
+  <si>
+    <t>NADIA TUBEWELLS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -663,51 +681,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W11"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1259,87 +1277,148 @@
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>94.37</v>
       </c>
       <c r="Q10" s="4">
         <v>40.77</v>
       </c>
       <c r="R10" s="4">
         <v>43.21</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="7" t="s">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="B11" s="7"/>
-[...22 lines deleted...]
-      <c r="S11" s="8"/>
+      <c r="I11" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" s="4">
+        <v>11.78</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>100</v>
+      </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>299.31</v>
+      </c>
+      <c r="P12" s="8">
+        <v>161.74</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>54.04</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>