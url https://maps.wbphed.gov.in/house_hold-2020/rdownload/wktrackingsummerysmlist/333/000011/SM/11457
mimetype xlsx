--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -962,54 +962,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>15.34</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.3</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>25</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1080,54 +1080,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>82.55</v>
       </c>
       <c r="Q7" s="4">
-        <v>69.23</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>83.86</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1202,54 +1202,54 @@
       <c r="I9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>49.44</v>
       </c>
       <c r="Q9" s="4">
-        <v>49.44</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1263,54 +1263,54 @@
       <c r="I10" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>94.37</v>
       </c>
       <c r="Q10" s="4">
-        <v>40.77</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>43.21</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1358,54 +1358,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>299.31</v>
       </c>
       <c r="P12" s="8">
-        <v>161.74</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>54.04</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>