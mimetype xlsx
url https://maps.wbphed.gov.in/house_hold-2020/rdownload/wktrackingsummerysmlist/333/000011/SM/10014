--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -194,51 +194,51 @@
   <si>
     <t>BILL/00290/2023-2024</t>
   </si>
   <si>
     <t>157-MSD/2023-24</t>
   </si>
   <si>
     <t>28/06/2023</t>
   </si>
   <si>
     <t>EASTERN RAILWAY (HOWRAH DIVISION)</t>
   </si>
   <si>
     <t>Allied work of Laying Distribution System, Rising Main, Construction of Boundary wall, Service Road of Arazi Madhupur &amp; adjoining moujas PWSS under Jal Jevan Mission of Murshidabad District under Murshidabad Division, PHE.Dte</t>
   </si>
   <si>
     <t>ORD/000035/2024-2025</t>
   </si>
   <si>
     <t>1911/MURD</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
-    <t>01/04/2025</t>
+    <t>09/08/2025</t>
   </si>
   <si>
     <t>M/S. GHOSH ENTERPRISE (MANAB KR GHOSH)</t>
   </si>
   <si>
     <t>Wall writing on smooth, durable wall surface (preferably of Govt. premises/Boundary wall) by cleaning the surface thoroughly, removing old paints, preparing with one coat good quality exterior primer and painting the surface with best quality synthetic enamel paint of approved shed and writing IEC message along with logo, picture etc of multiple colour as will be supplied by PHE Dte. by engaging skilled artist and helper artist in different location within the district of Murshidabad all complete as per direction of EIC.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER (HQ)</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER</t>
   </si>
   <si>
     <t>ORD/000794/2023-2024</t>
   </si>
   <si>
     <t>517/MURD</t>
   </si>
   <si>
     <t>16/02/2024</t>
   </si>
   <si>
     <t>16/04/2024</t>
   </si>
@@ -285,50 +285,92 @@
     <t>08/07/2024</t>
   </si>
   <si>
     <t>BILL/00522/2024-2025</t>
   </si>
   <si>
     <t>166/WBSEDCL-JJM</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
     <t>Formal work order for Augmentation of Arazi Madhupur &amp; its adjoining mouzas Ground water based Piped water supply scheme to accommodate FHTC (Functional Household Tap Connection) within Berhampore Block within Berhampore Sub Division of Murshidabad District under Murshidabad Division, PHE.Dte.</t>
   </si>
   <si>
     <t>ORD/000604/2022-2023</t>
   </si>
   <si>
     <t>3171/MURD</t>
   </si>
   <si>
     <t>30/11/2022</t>
   </si>
   <si>
     <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation in connection to Accommodate FHTC at Pump House No.-I of Araji-Madhupur ground water based water supply scheme under Block- Berhampore, Dist. Murshidabad under MEDB, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER-I</t>
+  </si>
+  <si>
+    <t>Junior engineer-II,Junior engineer-III</t>
+  </si>
+  <si>
+    <t>ORD/000162/2023-2024</t>
+  </si>
+  <si>
+    <t>2019/MEDB</t>
+  </si>
+  <si>
+    <t>19/06/2023</t>
+  </si>
+  <si>
+    <t>07/09/2025</t>
+  </si>
+  <si>
+    <t>SARKAR CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Relaying of pipe line for connection of Gobindapur Junior High School and 29, Gobindapur Junior Basic School under command area of ARAJIMADHUPUR Water Supply Scheme under Berhampore Sub Division,P.H.E. Dte. In the District Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000058/2020-2021</t>
+  </si>
+  <si>
+    <t>3176/MURD</t>
+  </si>
+  <si>
+    <t>16/12/2020</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>DATA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -717,51 +759,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W15"/>
+  <dimension ref="A1:W17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="45.845947" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -878,54 +920,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.15</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.15</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -939,54 +981,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>10.6</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.23</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>87.07</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1171,54 +1213,54 @@
       <c r="I8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>79.82</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.4</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>11.78</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1232,54 +1274,54 @@
       <c r="I9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>97.48</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1293,54 +1335,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P10" s="4">
         <v>11.78</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.52</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>89.29</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>90</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1354,54 +1396,54 @@
       <c r="I11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P11" s="4">
         <v>34.02</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>22.66</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1527,101 +1569,221 @@
       <c r="I14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P14" s="4">
         <v>200.36</v>
       </c>
       <c r="Q14" s="4">
-        <v>97.75</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>48.79</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>80</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
-      <c r="A15" s="7" t="s">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="B15" s="7"/>
-[...22 lines deleted...]
-      <c r="S15" s="8"/>
+      <c r="I15" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="P15" s="4">
+        <v>11.08</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>80</v>
+      </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" s="4">
+        <v>4.58</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>0</v>
+      </c>
+      <c r="S16" s="4">
+        <v>0</v>
+      </c>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+      <c r="O17" s="8">
+        <v>474.49</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0</v>
+      </c>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A15:N15"/>
+    <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>