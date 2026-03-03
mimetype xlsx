--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -922,54 +922,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>5.89</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.89</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1038,54 +1038,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>9.21</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.09</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>87.84</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1160,54 +1160,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>217.49</v>
       </c>
       <c r="Q7" s="4">
-        <v>183.08</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>84.18</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1632,54 +1632,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>27.7</v>
       </c>
       <c r="Q15" s="4">
-        <v>5.11</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>18.45</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1693,88 +1693,88 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>99</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P16" s="4">
         <v>170.31</v>
       </c>
       <c r="Q16" s="4">
-        <v>167.79</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>98.52</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>95</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>963.73</v>
       </c>
       <c r="P17" s="8">
-        <v>369.96</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>38.39</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>