--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,255 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>MURSHIDABAD</t>
+  </si>
+  <si>
+    <t>Murshidabad Division</t>
+  </si>
+  <si>
+    <t>Retrofitting of functional Household Tap Connections (FHTC) under Jal Swapna (JJM) of mouza Char Hulaspur, Raosannagar, Chandpur, Paharpur, Firojpur, Ichhabpur, Natkuli, Azmatpur (314770, 314771, 314772, 314773, 314774, 314777,314779 &amp; 314776) of Azmatpur</t>
+  </si>
+  <si>
+    <t>SM/07664</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission and Jal Swapna under command area of village Firojpur (Village code 314774) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID - 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER 1</t>
+  </si>
+  <si>
+    <t>ORD/000609/2020-2021</t>
+  </si>
+  <si>
+    <t>92 /MURD</t>
+  </si>
+  <si>
+    <t>08/01/2021</t>
+  </si>
+  <si>
+    <t>09/03/2021</t>
+  </si>
+  <si>
+    <t>DEBEN RAJAK</t>
+  </si>
+  <si>
+    <t>Retrofitting of Functional Household Tap Connection (FHTC) and allied works in connection with Jal Swapna Mision (JJM) from existing distribution system within the command area of Village ICHHABPUR (Village Code- 314777) under AZMATPUR Ground Water Based Water Supply Scheme for arsenic affected areas of Raninagar - I Block under Murshidabad District under Murshidabad Division, PHE Dte. Scheme id - 0005019112. Tender no- 797 of 20-21 by EE / MURD</t>
+  </si>
+  <si>
+    <t>VCH/000201/2021-2022</t>
+  </si>
+  <si>
+    <t>14-MSD / 21-22</t>
+  </si>
+  <si>
+    <t>06/08/2021</t>
+  </si>
+  <si>
+    <t>NOBEL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Retrofitting of Functional Household Tap Connections (FHTC) and allied works in connection with 'JAL SWAPNA (JAL JEEVAN MISSION) ' from existing Distribution system within the Command area of village NATKULI (Village Code 314779) under AZMATPUR Ground Water Based Water Supply Scheme for arsenic affected areas of RANINAGAR-I Block in the District of Murshidabad. Tender no - 941 of 20-21 by EE MURD</t>
+  </si>
+  <si>
+    <t>VCH/001485/2021-2022</t>
+  </si>
+  <si>
+    <t>422-MSD/21-22</t>
+  </si>
+  <si>
+    <t>23/03/2022</t>
+  </si>
+  <si>
+    <t>PAL TROCKNER (P) LTD.</t>
+  </si>
+  <si>
+    <t>Extension of Distribution UPVC pipeline and allied works for providing balance Functional Household Tap Connections (FHTC) in connection with Jal Swapna (Jal Jeevan Mission ) and under command area of mouzaAzmatpur ( Village Code -314776) of Azmatpur under Ground Water Based Water Supply Scheme for Arsenic Affected Areas of Raninagar - I Block of Murshidabad District under Murshidabad Division, PHE Dte. (Scheme I.D.- 0005019112). (PART-II)</t>
+  </si>
+  <si>
+    <t>ORD/000328/2022-2023</t>
+  </si>
+  <si>
+    <t>277/ISD</t>
+  </si>
+  <si>
+    <t>27/06/2022</t>
+  </si>
+  <si>
+    <t>27/07/2022</t>
+  </si>
+  <si>
+    <t>JAYANTA KUMAR ROY</t>
+  </si>
+  <si>
+    <t>Extension of Distribution UPVC pipeline and allied works for providing balance Functional Household Tap Connections (FHTC) in connection with Jal Swapna (Jal Jeevan Mission ) and under command area of mouzaAzmatpur ( Village Code -314776) of Azmatpur under Ground Water Based Water Supply Scheme for Arsenic Affected Areas of Raninagar - I Block of Murshidabad District under Murshidabad Division, PHE Dte. (Scheme I.D.- 0005019112). (PART-I)</t>
+  </si>
+  <si>
+    <t>ORD/000287/2022-2023</t>
+  </si>
+  <si>
+    <t>276/ISD</t>
+  </si>
+  <si>
+    <t>ROY CONSTRUCTION (PROP:AVIJIT ROY)</t>
+  </si>
+  <si>
+    <t>Laying of distribution system pipe line and connection with street stand post and Construction of soak well in connection with Dengue control for different Anganwadi Centres under Nowda Development Block 1 Chandpur kuthipara 2. Kulaichandi 3. Rathtalapara 4. Goghata uttarpara 5. Ghoghata ghatpara 6. Ghoghata halderpara 7.Chandpur Halderpara 8.Chandpur dey biswaspara. under Berhampore Sub division. P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000742/2020-2021</t>
+  </si>
+  <si>
+    <t>3202/MURD</t>
+  </si>
+  <si>
+    <t>18/12/2020</t>
+  </si>
+  <si>
+    <t>02/01/2021</t>
+  </si>
+  <si>
+    <t>PRANAB KUMAR GHOSH</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission and Jal Swapna under command area of village Ichhabpur (Village code 314777) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000556/2020-2021</t>
+  </si>
+  <si>
+    <t>326/MURD</t>
+  </si>
+  <si>
+    <t>28/01/2021</t>
+  </si>
+  <si>
+    <t>29/03/2021</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission and Jal Swapna under command area of village Raosannagar (Village code 314771) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID - 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000785/2020-2021</t>
+  </si>
+  <si>
+    <t>91./MURD</t>
+  </si>
+  <si>
+    <t>AJAY MONDAL</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with JalJeevan Mission and JalSwapna under command area of village Char Hulaspur (Village code 314770) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID - 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000784/2020-2021</t>
+  </si>
+  <si>
+    <t>90./MURD</t>
+  </si>
+  <si>
+    <t>SAMRAT MAZUMDER</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission and Jal Swapna under command area of village Natkuli (Village code 314779) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID - 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000500/2020-2021</t>
+  </si>
+  <si>
+    <t>3230/MURD</t>
+  </si>
+  <si>
+    <t>22/12/2020</t>
+  </si>
+  <si>
+    <t>20/02/2021</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000534/2020-2021</t>
+  </si>
+  <si>
+    <t>92/MURD</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission and Jal Swapna under command area of village Chandpur (Village code 314772) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID - 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000610/2020-2021</t>
+  </si>
+  <si>
+    <t>89/MURD</t>
+  </si>
+  <si>
+    <t>HARUN ALL RASHID &amp; BROTHERS</t>
+  </si>
+  <si>
+    <t>Retrofitting Functional Household Tap Connection (FHTC) in connection with JalJeevan Mission and JalSwapna under command area of village Paharpur (Village code 314773) under Azmatpur Ground Water Based Water Supply Scheme for Arsenic Affected Area of Raninagar-I Block, under Murshidabad Division, PHE Dte. Scheme ID - 0005019112 in the District of Murshidabad.</t>
+  </si>
+  <si>
+    <t>ORD/000786/2020-2021</t>
+  </si>
+  <si>
+    <t>3231/MURD</t>
+  </si>
+  <si>
+    <t>PAL TROCKNER PVT. LTD.</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +355,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +708,976 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>5.58</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>1</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" s="4">
+        <v>4.66</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" s="4">
+        <v>20.51</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" s="4">
+        <v>4.72</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>1</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" s="4">
+        <v>4.75</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>1</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" s="4">
+        <v>4.87</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>1</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P9" s="4">
+        <v>6.11</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="P10" s="4">
+        <v>9.01</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>0</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" s="4">
+        <v>6.96</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>0</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P12" s="4">
+        <v>24.64</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>0</v>
+      </c>
+      <c r="S12" s="4">
+        <v>1</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P13" s="4">
+        <v>5.58</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>1</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="P14" s="4">
+        <v>7.25</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J15" s="13"/>
+      <c r="K15" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="P15" s="4">
+        <v>33.51</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>0</v>
+      </c>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>138.15</v>
+      </c>
+      <c r="P16" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>0</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>