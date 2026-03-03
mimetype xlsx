--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1361,54 +1361,54 @@
       <c r="I7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>0.87</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.15</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>245.54</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1422,54 +1422,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>1.73</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.57</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>148.47</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1483,54 +1483,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>0.78</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.57</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1544,54 +1544,54 @@
       <c r="I10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>1.3</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>5</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1605,54 +1605,54 @@
       <c r="I11" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>1.3</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>5</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1666,54 +1666,54 @@
       <c r="I12" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>1.3</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>5</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1727,54 +1727,54 @@
       <c r="I13" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P13" s="4">
         <v>1.3</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>5</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1788,54 +1788,54 @@
       <c r="I14" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>1.3</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1849,54 +1849,54 @@
       <c r="I15" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P15" s="4">
         <v>1.3</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>5</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1910,54 +1910,54 @@
       <c r="I16" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P16" s="4">
         <v>1.3</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>5</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1971,54 +1971,54 @@
       <c r="I17" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P17" s="4">
         <v>1.3</v>
       </c>
       <c r="Q17" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>5</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2032,54 +2032,54 @@
       <c r="I18" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P18" s="4">
         <v>1.3</v>
       </c>
       <c r="Q18" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2093,54 +2093,54 @@
       <c r="I19" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P19" s="4">
         <v>1.3</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>5</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2494,54 +2494,54 @@
       <c r="I26" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>128</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P26" s="4">
         <v>23923.24</v>
       </c>
       <c r="Q26" s="4">
-        <v>2675.2</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>11.18</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>30</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2555,54 +2555,54 @@
       <c r="I27" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>128</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P27" s="4">
         <v>30211.99</v>
       </c>
       <c r="Q27" s="4">
-        <v>9119.04</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>30.18</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>40</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2616,54 +2616,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>140</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P28" s="4">
         <v>353.77</v>
       </c>
       <c r="Q28" s="4">
-        <v>63.47</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>17.94</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>73</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2677,54 +2677,54 @@
       <c r="I29" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>147</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P29" s="4">
         <v>1.73</v>
       </c>
       <c r="Q29" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>224.94</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>10</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2738,54 +2738,54 @@
       <c r="I30" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>153</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P30" s="4">
         <v>1.73</v>
       </c>
       <c r="Q30" s="4">
-        <v>4.43</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>255.62</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>40</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2799,54 +2799,54 @@
       <c r="I31" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P31" s="4">
         <v>0.71</v>
       </c>
       <c r="Q31" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>167.41</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2860,54 +2860,54 @@
       <c r="I32" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P32" s="4">
         <v>0.86</v>
       </c>
       <c r="Q32" s="4">
-        <v>1.6</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>186.67</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>67</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3016,54 +3016,54 @@
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>174</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>73335.96</v>
       </c>
       <c r="P35" s="8">
-        <v>11887.29</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>16.21</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>