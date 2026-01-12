--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -197,96 +197,96 @@
   <si>
     <t>01/08/2023</t>
   </si>
   <si>
     <t>15/09/2023</t>
   </si>
   <si>
     <t>ASHIS CONSTRUCTION</t>
   </si>
   <si>
     <t>Quotation Payment for Gayeshbari under SUJAPUR CCC in the District Of Malda</t>
   </si>
   <si>
     <t>BILL/03551/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-564</t>
   </si>
   <si>
     <t>16/02/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
-    <t>Laying of Distribution System at Nayabasti, Jamirghata Station Road for Gayeshbari Piped Water supply scheme at Kaliachak-I Block under Malda Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.</t>
-[...13 lines deleted...]
-  <si>
     <t>Construction of 500 Cum capacity 20 Mtr. staging height RCC Over Head Reservoir as per Departmental Design &amp; Drawing including pipe connection, Soil Investigation and Providing Functional House Hold Tap Connection (FHTC) for Gayeshbari Piped Water Supply scheme at Kaliachak-I Block under Malda Arsenic Area W/S Division, P.H.E. Dte, Malda. (2ND Call)</t>
   </si>
   <si>
     <t>ORD/000280/2023-2024</t>
   </si>
   <si>
     <t>3082/MAAD</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>MAHBUB AND SONS</t>
   </si>
   <si>
     <t>Construction of Arsenic-cum-Iron Removal Plant (AIRP) for Gayeshbari Piped Water supply scheme at Kaliachak-I Block under Malda Arsenic Area W/S Division, P.H.E.Dte. in the District of Malda. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000362/2023-2024</t>
   </si>
   <si>
     <t>52/MAAD</t>
   </si>
   <si>
     <t>18/01/2024</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>WIST WATER SOLUTIONS PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Construction of 3.6mtr.X 3.0mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement at 2nd Tube Well site of Gayeshbari Piped Water Supply Scheme under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000138/2023-2024</t>
+  </si>
+  <si>
+    <t>1479/MAAD</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>PRITAM ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1146,217 +1146,217 @@
       <c r="H8" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
-        <v>18</v>
+        <v>225.34</v>
       </c>
       <c r="Q8" s="4">
-        <v>12.77</v>
+        <v>45.91</v>
       </c>
       <c r="R8" s="4">
-        <v>70.95</v>
+        <v>20.38</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P9" s="4">
-        <v>225.34</v>
+        <v>166.2</v>
       </c>
       <c r="Q9" s="4">
-        <v>45.91</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>20.38</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>75</v>
+        <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P10" s="4">
-        <v>166.2</v>
+        <v>5.02</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
-        <v>668.02</v>
+        <v>655.04</v>
       </c>
       <c r="P11" s="8">
-        <v>67.87</v>
+        <v>55.1</v>
       </c>
       <c r="Q11" s="8">
-        <v>10.16</v>
+        <v>8.41</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>