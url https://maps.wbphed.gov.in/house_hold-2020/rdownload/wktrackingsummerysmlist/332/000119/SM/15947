--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1027,54 +1027,54 @@
       <c r="I6" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P6" s="4">
         <v>14.64</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.19</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>62.74</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1149,54 +1149,54 @@
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>225.34</v>
       </c>
       <c r="Q8" s="4">
-        <v>45.91</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>20.38</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>75</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1309,54 +1309,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>655.04</v>
       </c>
       <c r="P11" s="8">
-        <v>55.1</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>8.41</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>