--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -245,51 +245,51 @@
   <si>
     <t>984/MAAD</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
     <t>02/02/2025</t>
   </si>
   <si>
     <t>MOTI RAHAMAN</t>
   </si>
   <si>
     <t>Supply,delivery, installation and trial operation of Electro-Mechanical components and allied works at Ground Water Based Tubewell No-I &amp; II and Arsenic Iron Removal Plant at Sabdalpur Piped Water Supply Scheme in the district of Malda Under Malda Mechanical Division, PHE Dte. (TSM/017775)</t>
   </si>
   <si>
     <t>ORD/000658/2023-2024</t>
   </si>
   <si>
     <t>2686/MLMD</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
-    <t>07/02/2024</t>
+    <t>06/01/2026</t>
   </si>
   <si>
     <t>DAS ENTERPRISE.</t>
   </si>
   <si>
     <t>Construction of 500 Cum capacity 20 Mtr. staging height RCC Over Head Reservoir as per Departmental Design &amp; Drawing including pipe connection, Soil Investigation and Providing Functional House Hold Tap Connection (FHTC) for Sabdulpur Piped Water Supply scheme at Kaliachak-III Block under Malda Arsenic Area W/S Division, P.H.E. Dte, Malda. (3rd Call)</t>
   </si>
   <si>
     <t>ORD/000220/2023-2024</t>
   </si>
   <si>
     <t>1708/MAAD</t>
   </si>
   <si>
     <t>20/09/2023</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>LABANYA ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Laying of Distribution System &amp; others allied works at Sabdalpur under Sabdalpur Piped Water supply scheme of Southern sector under Malda Arsenic Area W/S Division, P.H.E.Dte. (Kaliachak-III)</t>
   </si>
@@ -303,50 +303,65 @@
     <t>26/09/2023</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>M/S ALISA CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Boundary Wall at Head Work Site,2nd tubewell site , C.C road from existing road to Head works Site and Land Development Work for HWS ,Providing Functional House Hold Tap Connection (FHTC) in connection with Jal Jeevan Mission(JJM &amp; Jal Swapna), Laying of rising main from Tube Well Site to HWS &amp; including supply of all specials &amp; valves for Sabdulpur Piped Water Supply scheme at Kaliachak-III Development Block under Malda Arsenic Area W/S Division, P.H.E. Dte, Malda.</t>
   </si>
   <si>
     <t>ORD/000253/2024-2025</t>
   </si>
   <si>
     <t>14/MAAD</t>
   </si>
   <si>
     <t>03/01/2025</t>
   </si>
   <si>
     <t>04/03/2025</t>
   </si>
   <si>
     <t>M/S AMIT KUMAR GUPTA</t>
+  </si>
+  <si>
+    <t>Construction of 3.6mtr.X 3.0mtr Switch Room cum chlorine room with Water Supply and sanitary arragement at 2nd Tube Well site of Sabdulpur Piped Water Supply Scheme of Southern Sector under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.(Kaliachak-III)</t>
+  </si>
+  <si>
+    <t>ORD/000057/2023-2024</t>
+  </si>
+  <si>
+    <t>966/MAAD</t>
+  </si>
+  <si>
+    <t>29/09/2024</t>
+  </si>
+  <si>
+    <t>ABHIJIT CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -735,51 +750,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1658,87 +1673,150 @@
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>89.63</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="7" t="s">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="13" t="s">
         <v>97</v>
       </c>
-      <c r="B16" s="7"/>
-[...22 lines deleted...]
-      <c r="S16" s="8"/>
+      <c r="I16" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="P16" s="4">
+        <v>5</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>4</v>
+      </c>
+      <c r="R16" s="4">
+        <v>80.05</v>
+      </c>
+      <c r="S16" s="4">
+        <v>100</v>
+      </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+      <c r="O17" s="8">
+        <v>875.37</v>
+      </c>
+      <c r="P17" s="8">
+        <v>112.86</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>12.89</v>
+      </c>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>