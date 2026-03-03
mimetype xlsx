--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -915,54 +915,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4">
         <v>3004364396</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>6.59</v>
       </c>
       <c r="Q3" s="4">
-        <v>6.59</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -978,54 +978,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4">
         <v>3004364409</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>5.14</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.14</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1163,54 +1163,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>7.66</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.34</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>82.76</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1226,54 +1226,54 @@
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>7.65</v>
       </c>
       <c r="Q8" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>75.58</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1533,54 +1533,54 @@
       <c r="I13" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>222.96</v>
       </c>
       <c r="Q13" s="4">
-        <v>40.85</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>18.32</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1596,54 +1596,54 @@
       <c r="I14" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P14" s="4">
         <v>64.67</v>
       </c>
       <c r="Q14" s="4">
-        <v>44.17</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>68.3</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>15</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1722,88 +1722,88 @@
       <c r="I16" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P16" s="4">
         <v>5</v>
       </c>
       <c r="Q16" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>80.05</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>875.37</v>
       </c>
       <c r="P17" s="8">
-        <v>112.86</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>12.89</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>