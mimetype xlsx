--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -146,146 +146,146 @@
   <si>
     <t>866/MAAD</t>
   </si>
   <si>
     <t>18/06/2023</t>
   </si>
   <si>
     <t>M/S DYNAMIC CONSTRUCTION</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000012/2023-2024</t>
   </si>
   <si>
     <t>634/MAAD</t>
   </si>
   <si>
     <t>05/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Laying of Distribution System including Supply of all type of specials &amp; valves at Saidpur Bazar Para under Purba Saidpur Piped Water Supply Scheme, Manikchak Block under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000027/2023-2024</t>
+  </si>
+  <si>
+    <t>864/MAAD</t>
+  </si>
+  <si>
+    <t>CHARU CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Sinking of 250mm. Dia. x 150mm. big dia. Tube Well of 102 Mtr. deep by Direct Rotary Rig method using UPVC (CM) Pipes &amp; UPVC Medium Well Screen (RMS) Pipes with Ribs at Purbha Saidpur Piped Water supply scheme (2nd Tube Well Site) at Manikchak Block under Malda Arsenic Area W/S Division, P.H.E. Dte. in the District of Malda. (2nd call)</t>
+  </si>
+  <si>
+    <t>ORD/000253/2023-2024</t>
+  </si>
+  <si>
+    <t>1916/MAAD</t>
+  </si>
+  <si>
+    <t>16/10/2023</t>
+  </si>
+  <si>
+    <t>15/11/2023</t>
+  </si>
+  <si>
+    <t>LABANYA ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>Malda Mechanical</t>
+  </si>
+  <si>
+    <t>Quotation Payment For Purbasaidpur T/W NO 1 Under The District Of Malda Under Mathurapur CCC</t>
+  </si>
+  <si>
+    <t>BILL/00018/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-43</t>
+  </si>
+  <si>
+    <t>08/04/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.LTD</t>
+  </si>
+  <si>
+    <t>Quotation Payment For Purbasaidpur T/W NO II For district of Malda Under Mathurapur CCC</t>
+  </si>
+  <si>
+    <t>BILL/03761/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-731</t>
+  </si>
+  <si>
+    <t>28/03/2024</t>
+  </si>
+  <si>
+    <t>Laying of Distribution System including Supply of all type of specials &amp; valves at Sahebnagar High School Para under Purba Saidpur Piped Water Supply Scheme of Manikchak Block under Malda Arsenic Area W/S Division, P.H.E.Dte. in the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000034/2023-2024</t>
+  </si>
+  <si>
+    <t>883/MAAD</t>
+  </si>
+  <si>
+    <t>11/05/2023</t>
+  </si>
+  <si>
+    <t>10/07/2023</t>
+  </si>
+  <si>
+    <t>MD WARESH ALI</t>
+  </si>
+  <si>
     <t>Laying of Distribution System including Supply of all type of specials &amp; valves from Node point at Bhakta Ballavpur (71) mouza under Purbba Saidpur Piped Water Supply Scheme, Manikchak Block under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000045/2023-2024</t>
   </si>
   <si>
     <t>944/MAAD</t>
   </si>
   <si>
     <t>23/05/2023</t>
   </si>
   <si>
     <t>22/07/2023</t>
   </si>
   <si>
     <t>ANJIMA CONSTRUCTION CO.</t>
   </si>
   <si>
-    <t>Laying of Distribution System including Supply of all type of specials &amp; valves at Saidpur Bazar Para under Purba Saidpur Piped Water Supply Scheme, Manikchak Block under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.</t>
-[...76 lines deleted...]
-  <si>
     <t>Supply, delivery, installation and trial operation of Electro-Mechanical components and allied works at Ground Water Based Tubewell No-I &amp; II and Arsenic Iron Removal Plant at Purba Saidpur Piped Water Supply Scheme in the district of Malda Under Malda Mechanical Division, PHE Dte. (TSM/018015)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-03,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000652/2023-2024</t>
   </si>
   <si>
     <t>2684/MLMD</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>NABAUDYAG ELECTRICAL ENGINEERING CO-OPERATIV SOCIETY LTD.</t>
   </si>
   <si>
     <t>Construction of 400 M3 Capacity, 20mtr. staging height RCC Elevated Service Reservoir as per Departmental type design including delivery, inlet &amp; overflow pipe connection etc. all complete for piped water supply scheme at Purba Saidpur Piped Water Supply Scheme &amp; its adjoining mouzas of Manikchak Block in the District of Malda, under Malda Arsenic Area W/S Division, PHE Dte.</t>
@@ -302,66 +302,81 @@
   <si>
     <t>27/08/2025</t>
   </si>
   <si>
     <t>M/S KUNDU CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Arsenic-cum-Iron Removal Plant (AIRP) at Purba Saidpur Piped Water Supply Scheme of Manikchak Block under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.</t>
   </si>
   <si>
     <t>ORD/000267/2023-2024</t>
   </si>
   <si>
     <t>3017/MAAD</t>
   </si>
   <si>
     <t>06/12/2023</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>ZEOLITE FRESH INDIA</t>
   </si>
   <si>
-    <t>Construction of Boundary Wall at Head Work Site &amp; 2nd Tube Well Site at Purba Saidpur Piped Water Supply Scheme at Manikchak Block under Malda Arsenic Area Water Supply Division, PHE Dte.</t>
-[...14 lines deleted...]
-    <t>FUTURE</t>
+    <t>Laying of Distribution System including Supply of all type of specials &amp; valves at Maszid Para under Purba Saidpur Piped Water Supply Scheme of Manikchak Block under Malda Arsenic Area W/S Division, P.H.E. Dte. In the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000032/2023-2024</t>
+  </si>
+  <si>
+    <t>882/MAAD</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>SUDIP DEY</t>
+  </si>
+  <si>
+    <t>Construction of 3.6mtr.X 3.0mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement at 2nd Tube Well site at Purbba Saidpur Piped Water Supply Scheme of Manikchak Block under Malda Arsenic Area W/S Division, P.H.E.Dte. In the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000139/2023-2024</t>
+  </si>
+  <si>
+    <t>1480/MAAD</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>30/09/2023</t>
+  </si>
+  <si>
+    <t>MAHA MAYA CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -750,51 +765,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="68.269043" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1088,313 +1103,313 @@
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="N6" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>25.48</v>
+        <v>13.56</v>
       </c>
       <c r="Q6" s="4">
-        <v>24.58</v>
+        <v>12.4</v>
       </c>
       <c r="R6" s="4">
-        <v>96.47</v>
+        <v>91.47</v>
       </c>
       <c r="S6" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="N7" s="4" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
-        <v>13.56</v>
+        <v>6.2</v>
       </c>
       <c r="Q7" s="4">
-        <v>12.4</v>
+        <v>5.78</v>
       </c>
       <c r="R7" s="4">
-        <v>91.47</v>
+        <v>93.18</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
-        <v>6.2</v>
+        <v>5.08</v>
       </c>
       <c r="Q8" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>93.18</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="P9" s="4">
-        <v>5.08</v>
+        <v>4.54</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="I10" s="13"/>
-[...1 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="N10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>4.54</v>
+        <v>19.28</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>10.51</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>54.5</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
@@ -1404,78 +1419,78 @@
       <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
-        <v>19.28</v>
+        <v>25.48</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.51</v>
+        <v>24.58</v>
       </c>
       <c r="R11" s="4">
-        <v>54.5</v>
+        <v>96.47</v>
       </c>
       <c r="S11" s="4">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
@@ -1647,113 +1662,176 @@
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>96</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="N15" s="4" t="s">
+      <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="O15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>26.42</v>
+        <v>53.75</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>49.39</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>91.88</v>
       </c>
       <c r="S15" s="4">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="7" t="s">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="B16" s="7"/>
-[...22 lines deleted...]
-      <c r="S16" s="8"/>
+      <c r="L16" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" s="4">
+        <v>5.09</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>0</v>
+      </c>
+      <c r="S16" s="4">
+        <v>80</v>
+      </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+      <c r="O17" s="8">
+        <v>577.96</v>
+      </c>
+      <c r="P17" s="8">
+        <v>215.12</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>37.22</v>
+      </c>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>