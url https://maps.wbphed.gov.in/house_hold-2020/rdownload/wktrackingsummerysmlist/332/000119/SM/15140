--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -930,54 +930,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>9.75</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.71</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>89.34</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -993,54 +993,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>7.47</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>61.28</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1115,54 +1115,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>13.56</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.4</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>91.47</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1178,54 +1178,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>6.2</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>93.18</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1359,54 +1359,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>19.28</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.51</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>54.5</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>55</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1422,54 +1422,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>25.48</v>
       </c>
       <c r="Q11" s="4">
-        <v>24.58</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>96.47</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1485,54 +1485,54 @@
       <c r="I12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>65.01</v>
       </c>
       <c r="Q12" s="4">
-        <v>31.01</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>47.7</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1548,54 +1548,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>187.22</v>
       </c>
       <c r="Q13" s="4">
-        <v>43.31</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>23.13</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>20</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1611,54 +1611,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>150.68</v>
       </c>
       <c r="Q14" s="4">
-        <v>24.86</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>16.5</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>5</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1674,54 +1674,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P15" s="4">
         <v>53.75</v>
       </c>
       <c r="Q15" s="4">
-        <v>49.39</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>91.88</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>10</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1771,54 +1771,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>577.96</v>
       </c>
       <c r="P17" s="8">
-        <v>215.12</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>37.22</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>