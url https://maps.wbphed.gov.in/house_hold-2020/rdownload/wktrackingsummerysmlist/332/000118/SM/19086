--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -159,71 +159,50 @@
     <t>M/S MAHABIR ENTERPRISE</t>
   </si>
   <si>
     <t>Continuation work order for Engagement of Chemist, Bacteriologist and Laboratory Assistant including related upkeeping works for Sanskrity-O-Samaj Unnayan Parishad Sub-District Laboratory under Malda Division, PHE Dte. In the district of Malda. (Period from 01/04/2024 to 30/09/2024).</t>
   </si>
   <si>
     <t>Mr. Amit Biswas, Assistant Engineer,Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>Sudip Kumar Mahata, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000136/2024-2025</t>
   </si>
   <si>
     <t>1374/MD</t>
   </si>
   <si>
     <t>15/04/2024</t>
   </si>
   <si>
     <t>15/10/2024</t>
   </si>
   <si>
     <t>GOBINDA ENTERPRISE</t>
-  </si>
-[...19 lines deleted...]
-    <t>M/S RAKHI ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -612,70 +591,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -836,54 +815,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>2.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -911,148 +890,87 @@
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>2.63</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="3">
-[...18 lines deleted...]
-      <c r="H6" s="13" t="s">
+      <c r="A6" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...23 lines deleted...]
-      <c r="Q6" s="4">
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>11.79</v>
+      </c>
+      <c r="P6" s="8">
         <v>0</v>
       </c>
-      <c r="R6" s="4">
+      <c r="Q6" s="8">
         <v>0</v>
       </c>
-      <c r="S6" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>