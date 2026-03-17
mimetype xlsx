--- v1 (2026-02-07)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -89,120 +89,132 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>MALDAH</t>
   </si>
   <si>
     <t>Malda Division</t>
   </si>
   <si>
     <t>Operation &amp; Maintenance of PHED Managed Laboratories under Malda Division for Water Quality Monitoring &amp; Surveillance under Jal Jeevan Mission</t>
   </si>
   <si>
     <t>SM/19086</t>
   </si>
   <si>
     <t>Support-WQMSP</t>
   </si>
   <si>
-    <t>Engagement of Chemist, Bacteriologist and Laboratory Assistant including related upkeeping works for Bulbulchandi Sub-District Laboratory under Malda Division, PHE Dte. In the district of Malda. (Period from 01/10/2024 to 30/09/2025).</t>
+    <t>Continuation work order for Engagement of Chemist, Bacteriologist and Laboratory Assistant including related upkeeping works for Gazole Sub-District Laboratory under Malda Division, PHE Dte. In the district of Malda. (Period from 01/04/2024 to 30/09/2024).</t>
+  </si>
+  <si>
+    <t>Mr. Amit Biswas, Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Biswajit Gosh, Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/001058/2023-2024</t>
+  </si>
+  <si>
+    <t>1371/MD</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>14/09/2024</t>
+  </si>
+  <si>
+    <t>M/S MAHABIR ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Continuation work order for Regular Upkeepment, upgradation of Mobile Laboratory Van complete with internal fabrication, refrigeration, exhaust system, air conditioning system, waste disposal system and fully equipped with instruments, devices, consumables, reagents, accessories and safety gear for Water Quality Monitoring and Surveillance Program under Malda Division PHE Dte. (Period from 01/01/2025 to 31/01/2025).</t>
   </si>
   <si>
     <t>Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
-    <t>Sumit Kumar Ganguly, Junior Engineer</t>
-[...5 lines deleted...]
-    <t>5190/MD</t>
+    <t>Shreya Das, Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000810/2024-2025</t>
+  </si>
+  <si>
+    <t>6626/MD</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>SUNANDA ENVIROMENTAL INTERNATIONAL PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Continuation work order for Regular Upkeepment, upgradation of Mobile Laboratory Van complete with internal fabrication, refrigeration, exhaust system, air conditioning system, waste disposal system and fully equipped with instruments, devices, consumables, reagents, accessories and safety gear for Water Quality Monitoring and Surveillance Program under Malda Division PHE Dte. (Period from 01/11/2024 to 31/12/2024).</t>
+  </si>
+  <si>
+    <t>ORD/000596/2024-2025</t>
+  </si>
+  <si>
+    <t>5549/MD</t>
+  </si>
+  <si>
+    <t>29/10/2024</t>
+  </si>
+  <si>
+    <t>29/12/2024</t>
+  </si>
+  <si>
+    <t>Engagement of Chemist, Bacteriologist and Laboratory Assistant including related upkeeping works for Sahapur Sub-District Laboratory (erstwhile PBVM) under Malda Division, PHE Dte. in the district of Malda. (Period from 01/10/2024 to 30/09/2025).</t>
+  </si>
+  <si>
+    <t>Bikash Balo, Junior Engineer,Junior Engineer,</t>
+  </si>
+  <si>
+    <t>ORD/000493/2024-2025</t>
+  </si>
+  <si>
+    <t>5186/MD</t>
   </si>
   <si>
     <t>30/09/2024</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
-    <t>SUDEB KARMAKAR</t>
-[...47 lines deleted...]
-    <t>GOBINDA ENTERPRISE</t>
+    <t>M/S RAKHI ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -591,73 +603,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -751,60 +763,60 @@
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
-        <v>6.18</v>
+        <v>2.98</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
@@ -812,165 +824,226 @@
       <c r="H4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
-        <v>2.98</v>
+        <v>2.1</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="M5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O5" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="P5" s="4">
-        <v>2.63</v>
+        <v>4.19</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B6" s="7"/>
-[...15 lines deleted...]
-      <c r="P6" s="8">
+      <c r="M6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" s="4">
+        <v>5.47</v>
+      </c>
+      <c r="Q6" s="4">
         <v>0</v>
       </c>
-      <c r="Q6" s="8">
+      <c r="R6" s="4">
         <v>0</v>
       </c>
-      <c r="R6" s="8"/>
-      <c r="S6" s="8"/>
+      <c r="S6" s="4">
+        <v>100</v>
+      </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="14"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="8"/>
+      <c r="L7" s="8"/>
+      <c r="M7" s="8"/>
+      <c r="N7" s="8"/>
+      <c r="O7" s="8">
+        <v>14.75</v>
+      </c>
+      <c r="P7" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>0</v>
+      </c>
+      <c r="R7" s="8"/>
+      <c r="S7" s="8"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A6:N6"/>
+    <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>