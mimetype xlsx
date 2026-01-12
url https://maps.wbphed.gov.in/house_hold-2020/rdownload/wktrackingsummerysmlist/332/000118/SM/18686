--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -200,132 +200,111 @@
   <si>
     <t>BILL/00745/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-386</t>
   </si>
   <si>
     <t>19/11/2024</t>
   </si>
   <si>
     <t>Shifting of LVOH(Low voltage over head) Line at jannagar WTP site under surface based PWSS of Ratua-I , II &amp; Chanchal - II Block Dist- Malda,PHE Dte.</t>
   </si>
   <si>
     <t>BILL/01071/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-295</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
-    <t>Formal work order for the work of Surveying, Planning, Design, Engineering, Supplying, Construction, Erection, Testing and Commissioning of Raw water Intake and Raw Water Pumping Main, WTP , Primary and Secondary Clear Water Transmission main, Boosting stations and other allied works including all Civil , Electro-Mechanical and IOT based Supervisory monitoring system for Surface water based piped water supply scheme of Chanchal-II, Ratua-I and Ratua -II block of Malda District followed by 3(Three) months Trial Run and Subsequent Operation &amp; Maintenance for 5(five) years.</t>
+    <t>Formal work order for the work of Construction of Overhead Reservoir on pile or raft foundation based on soil test report, laying of Distribution system, FHTC including pump house, boundary wall, internal road with RCC Culvert, internal pipe connection of Surface Water Based Piped Water Supply Scheme for Chanchal-II, Ratua-I &amp; Ratua-II Block in the district of Malda Under Malda Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Mr. Prosanta Mandal, Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Mr. Sujit Sarkar, Junior Engineer,Rahul Das Biswas, Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000380/2023-2024</t>
+  </si>
+  <si>
+    <t>3155/MD</t>
+  </si>
+  <si>
+    <t>16/08/2023</t>
+  </si>
+  <si>
+    <t>02/04/2026</t>
+  </si>
+  <si>
+    <t>REAN WATER TECH PRIVATE LIMITED.</t>
+  </si>
+  <si>
+    <t>Providing Mechanical/Electrical equipment along with all related work at Boosting Pumping Station and Substation for RATUA-I block under Surface water based PWSS of Ratua-I, Ratua-II &amp; Chanchal-II block, Dist. Malda, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-05</t>
+  </si>
+  <si>
+    <t>ORD/001540/2023-2024</t>
+  </si>
+  <si>
+    <t>2670/MLMD</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>WEST BENGAL ENGINEERING COMPANY.</t>
+  </si>
+  <si>
+    <t>Formal Work Order for Providing Mechanical/Electrical equipment along with all related work at Boosting Pumping Station and Substation for Chanchal-II block under Surface water based PWSS of Ratua-I, Ratua-II &amp; Chanchal-II block, Dist. Malda, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000799/2023-2024</t>
+  </si>
+  <si>
+    <t>2666/MLMD</t>
+  </si>
+  <si>
+    <t>31/07/2026</t>
+  </si>
+  <si>
+    <t>DAS ENTERPRISE.</t>
+  </si>
+  <si>
+    <t>Construction of Flexible Bitumen Roads from Nakkatti Bridge to Y Junction of Irrigation Embankment by Bituminous work under Malda Division PHE Dte, in the District of Malda during the year 2024 - 2025.</t>
   </si>
   <si>
     <t>Mr. Sumit Kumar Ghosh, Assistant Engineer</t>
-  </si>
-[...76 lines deleted...]
-    <t>Construction of Flexible Bitumen Roads from Nakkatti Bridge to Y Junction of Irrigation Embankment by Bituminous work under Malda Division PHE Dte, in the District of Malda during the year 2024 - 2025.</t>
   </si>
   <si>
     <t>Mr. Sanjit Sarkar, Junior Engineer ,Mr. Tilok Roy, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000671/2024-2025</t>
   </si>
   <si>
     <t>6161/MD</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>13/07/2025</t>
   </si>
   <si>
     <t>M/S ANKUSH ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -732,73 +711,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="41.132813" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -1368,356 +1347,293 @@
       <c r="H11" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
-        <v>31945.95</v>
+        <v>10818.5</v>
       </c>
       <c r="Q11" s="4">
-        <v>1273.05</v>
+        <v>1264.58</v>
       </c>
       <c r="R11" s="4">
-        <v>3.99</v>
+        <v>11.69</v>
       </c>
       <c r="S11" s="4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J12" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="J12" s="13" t="s">
+      <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="N12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>10818.5</v>
+        <v>628.87</v>
       </c>
       <c r="Q12" s="4">
-        <v>1264.58</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>11.69</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>5</v>
+        <v>64</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="P13" s="4">
-        <v>628.87</v>
+        <v>603.82</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>64</v>
+        <v>4</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="I14" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K14" s="4" t="s">
+      <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="M14" s="4" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
-        <v>603.82</v>
+        <v>64.08</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>4</v>
+        <v>65</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
-      <c r="A15" s="3">
-[...20 lines deleted...]
-      <c r="H15" s="13" t="s">
+      <c r="A15" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="I15" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>32309.8</v>
+      </c>
+      <c r="P15" s="8">
+        <v>1264.58</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>3.91</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
-    <row r="16" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>