--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1350,54 +1350,54 @@
       <c r="I11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>10818.5</v>
       </c>
       <c r="Q11" s="4">
-        <v>1264.58</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>11.69</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>5</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1573,54 +1573,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>32309.8</v>
       </c>
       <c r="P15" s="8">
-        <v>1264.58</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>3.91</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>