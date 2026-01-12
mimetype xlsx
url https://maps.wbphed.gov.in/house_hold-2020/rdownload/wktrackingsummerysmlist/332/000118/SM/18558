--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -432,50 +432,53 @@
     <t>Augmentation of PH-2,PH-3,PH-4 &amp;PH-6, at GAZOLE Water Supply scheme at Gazole Dev. Block under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000186/2025-2026</t>
   </si>
   <si>
     <t>2955/MD</t>
   </si>
   <si>
     <t>19/06/2025</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>S. M. BUILDER</t>
   </si>
   <si>
     <t>Laying of additional Distribution pipeline by different dia. UPVC pipe for GAZOLE ZONE-IV Piped Water Supply Scheme at Gazole Dev. Block in the District of Malda under Malda Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000057/2025-2026</t>
   </si>
   <si>
     <t>2257/MD</t>
+  </si>
+  <si>
+    <t>01/07/2026</t>
   </si>
   <si>
     <t>Continuation work order for Hiring of 1 no diesel vehicle in good condition (traffic worthily) having licensed contract carriage permit from Regional Transport Authority for office of the Superintending Engineer, North Bengal Circle-II, PHE Dte. (Period from 15/06/2025 to 11/12/2025=180 Days).</t>
   </si>
   <si>
     <t>Mr. Prosanta Mandal, Assistant Engineer</t>
   </si>
   <si>
     <t>Mr. Sujit Sarkar, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000200/2025-2026</t>
   </si>
   <si>
     <t>2862/MD</t>
   </si>
   <si>
     <t>13/06/2025</t>
   </si>
   <si>
     <t>10/12/2025</t>
   </si>
   <si>
     <t>USHA ENTERPRISE</t>
   </si>
@@ -1744,51 +1747,51 @@
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>32.4</v>
       </c>
       <c r="Q14" s="4">
         <v>5.83</v>
       </c>
       <c r="R14" s="4">
         <v>17.99</v>
       </c>
@@ -2305,319 +2308,319 @@
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>137</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>83</v>
+        <v>140</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P23" s="4">
         <v>21.83</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I24" s="13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J24" s="13" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K24" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="O24" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P24" s="4">
         <v>0.86</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I25" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P25" s="4">
         <v>94.82</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I26" s="13" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J26" s="13" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K26" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P26" s="4">
         <v>55.03</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I27" s="13" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P27" s="4">
         <v>88.28</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>2590.89</v>
       </c>
       <c r="P28" s="8">
         <v>459.01</v>
       </c>
       <c r="Q28" s="8">
         <v>17.72</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>