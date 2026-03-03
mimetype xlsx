--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1227,54 +1227,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>13.21</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.94</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>67.66</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>67</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1288,54 +1288,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>50.67</v>
       </c>
       <c r="Q6" s="4">
-        <v>33.36</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>65.84</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>59</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1524,54 +1524,54 @@
       <c r="I10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>516.04</v>
       </c>
       <c r="Q10" s="4">
-        <v>96.21</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>18.64</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>27</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1585,54 +1585,54 @@
       <c r="I11" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P11" s="4">
         <v>405.72</v>
       </c>
       <c r="Q11" s="4">
-        <v>264.79</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>65.26</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1646,54 +1646,54 @@
       <c r="I12" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="4">
         <v>243.55</v>
       </c>
       <c r="Q12" s="4">
-        <v>49.89</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>20.48</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1768,54 +1768,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>32.4</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.83</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>17.99</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>59</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2595,54 +2595,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>168</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>2590.89</v>
       </c>
       <c r="P28" s="8">
-        <v>459.01</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>17.72</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>