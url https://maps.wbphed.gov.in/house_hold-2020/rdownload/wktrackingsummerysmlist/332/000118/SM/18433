--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -182,51 +182,51 @@
   <si>
     <t>BP-2023-24-666</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD Quotation charge at TW No- I of Babupur, Gazol CCC in the dist of Malda Under Malda Mechanical Division PHE Dte.</t>
   </si>
   <si>
     <t>BILL/03682/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-665</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II &amp; III and making compound lighting arrangement at T/W no. I of Babupur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/014434)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
-    <t>Junior Engineer-07</t>
+    <t>Junior Engineer-06,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000375/2023-2024</t>
   </si>
   <si>
     <t>2383/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
     <t>24/01/2024</t>
   </si>
   <si>
     <t>GHOSH BROTHERS...</t>
   </si>
   <si>
     <t>Formal work order for the work of Implementation of BABUPUR Water Supply Scheme at Gazole Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000360/2023-2024</t>
   </si>
   <si>
     <t>3033/MD</t>
   </si>
@@ -1300,54 +1300,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>1331.07</v>
       </c>
       <c r="Q10" s="4">
-        <v>671.46</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>50.45</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>65</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1489,88 +1489,88 @@
       <c r="I13" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>0.86</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>85.49</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>1521.09</v>
       </c>
       <c r="P14" s="8">
-        <v>672.19</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>44.19</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>