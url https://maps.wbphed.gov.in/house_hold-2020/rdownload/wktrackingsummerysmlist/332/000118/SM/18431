--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -173,51 +173,51 @@
   <si>
     <t>18/03/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Formal work order for the work of Implementation of PARAIL Piped Water Supply Scheme at Gazole Dev. Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Arnab Giri, Assistant Engineer</t>
   </si>
   <si>
     <t>Amit Karmakar, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000261/2023-2024</t>
   </si>
   <si>
     <t>3008/MD</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
-    <t>01/01/2025</t>
+    <t>31/08/2025</t>
   </si>
   <si>
     <t>M/S TAPAS KUMAR CHAKRABORTY &amp; CO</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Parail Water Supply Scheme under Gazole Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>ORD/000786/2024-2025</t>
   </si>
   <si>
     <t>351/MD</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>16/03/2025</t>
   </si>
   <si>
     <t>M/S TAPAS KUMAR CHAKRABORTY</t>
   </si>
   <si>
     <t>Construction of Boundary Wall at Head Work site of Parail Water Supply Scheme under Gazole Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>