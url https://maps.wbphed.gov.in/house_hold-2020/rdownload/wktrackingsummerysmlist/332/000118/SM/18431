--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1048,54 +1048,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>1011.34</v>
       </c>
       <c r="Q7" s="4">
-        <v>539.53</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>53.35</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>55</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1208,54 +1208,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>1195.52</v>
       </c>
       <c r="P10" s="8">
-        <v>539.53</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>45.13</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>