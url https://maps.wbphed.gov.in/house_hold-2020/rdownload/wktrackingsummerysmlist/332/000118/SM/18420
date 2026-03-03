--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -906,54 +906,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>23.72</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.47</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>14.63</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>70</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1087,54 +1087,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>838.31</v>
       </c>
       <c r="Q7" s="4">
-        <v>146.49</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>17.47</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>10</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1310,54 +1310,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1135.64</v>
       </c>
       <c r="P11" s="8">
-        <v>149.97</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>13.21</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>