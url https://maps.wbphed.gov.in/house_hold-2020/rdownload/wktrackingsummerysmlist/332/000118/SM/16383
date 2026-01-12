--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -201,50 +201,71 @@
     <t>USHA ENTERPRISE</t>
   </si>
   <si>
     <t>Road restoration in connection with dismantling of road and renovation the same with balanced allied work to provide FHTC at Maheshbathani Piped Water Supply Scheme under Old Malda Dev Block under Malda Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>Bikash Balo, Junior Engineer,Mr. Sujit Sarkar, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000119/2025-2026</t>
   </si>
   <si>
     <t>2471/MD</t>
   </si>
   <si>
     <t>28/05/2025</t>
   </si>
   <si>
     <t>12/07/2025</t>
   </si>
   <si>
     <t>M/S DAS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Acceptance cum formal work order for Sinking of Tubewell, Laying of Distribution System and Providing Functional Household Tap connection (FHTC) of Mahishbathani Piped Water Supply Scheme at Old Malda Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
+  </si>
+  <si>
+    <t>Mr. Amit Biswas, Assistant Engineer,Mr. Prosanta Mandal, Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Mr. Sujit Sarkar, Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000052/2023-2024</t>
+  </si>
+  <si>
+    <t>2005/MD</t>
+  </si>
+  <si>
+    <t>17/05/2023</t>
+  </si>
+  <si>
+    <t>02/12/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -633,51 +654,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1050,87 +1071,148 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P7" s="4">
         <v>11.92</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" s="4">
+        <v>92.6</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>73.6</v>
+      </c>
+      <c r="R8" s="4">
+        <v>79.48</v>
+      </c>
+      <c r="S8" s="4">
+        <v>50</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>144.17</v>
+      </c>
+      <c r="P9" s="8">
+        <v>97.94</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>67.93</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>