--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -874,54 +874,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>27.01</v>
       </c>
       <c r="Q4" s="4">
-        <v>20.87</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>77.29</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>81</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -935,54 +935,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.93</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>225.32</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -996,54 +996,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>0.86</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>180.62</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1118,88 +1118,88 @@
       <c r="I8" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>92.6</v>
       </c>
       <c r="Q8" s="4">
-        <v>73.6</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>79.48</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>144.17</v>
       </c>
       <c r="P9" s="8">
-        <v>97.94</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>67.93</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>