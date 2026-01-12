--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -224,51 +224,51 @@
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD Quotation charge at TW No- III of Meherpur, Old Malda CCC in the dist of Malda Under Malda Mechanical Division PHE Dte</t>
   </si>
   <si>
     <t>BILL/00774/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-191</t>
   </si>
   <si>
     <t>Formal work order for the work of Laying Distribution pipe line for MEHERPUR and its adjoining mouzas Piped Water Supply at Old Malda Dev. Block in the District Malda under Malda Division, PHE Dte. Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000660/2022-2023</t>
   </si>
   <si>
     <t>1040/MD</t>
   </si>
   <si>
     <t>13/03/2023</t>
   </si>
   <si>
-    <t>01/01/2026</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>GHOSH BROTHERS</t>
   </si>
   <si>
     <t>Formal work order for the work of Implementation of MEHERPUR Piped Water Supply Scheme at Old Malda Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Amit Biswas, Assistant Engineer,Mr. Prosanta Mandal, Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000219/2023-2024</t>
   </si>
   <si>
     <t>2683/MD</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>M/S S. D. ENTERPRISE</t>
   </si>