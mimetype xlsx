--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -900,54 +900,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>9.34</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.84</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>94.65</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1325,54 +1325,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>529.66</v>
       </c>
       <c r="Q10" s="4">
-        <v>475.92</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>89.86</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1388,54 +1388,54 @@
       <c r="I11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>307.58</v>
       </c>
       <c r="Q11" s="4">
-        <v>93.42</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>30.37</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1611,54 +1611,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1043.04</v>
       </c>
       <c r="P15" s="8">
-        <v>578.19</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>55.43</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>