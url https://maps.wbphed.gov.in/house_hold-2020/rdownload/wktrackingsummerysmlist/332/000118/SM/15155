--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -212,51 +212,51 @@
   <si>
     <t>ORD/000671/2025-2026</t>
   </si>
   <si>
     <t>5839/MD</t>
   </si>
   <si>
     <t>18/11/2025</t>
   </si>
   <si>
     <t>17/01/2026</t>
   </si>
   <si>
     <t>M/S /FAIZUL HAQUE BISWAS</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Augmentation of Aiho(zone-I) Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/017676)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
-    <t>Junior Engineer-03</t>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000583/2023-2024</t>
   </si>
   <si>
     <t>2632/MLMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>MUKHERJEE ART CENTRE</t>
   </si>
   <si>
     <t>Providing balance Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Aiho Zone-I Supply Scheme under Habibpur Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Sumit Kumar Ganguly, Junior Engineer,Ziaur Rahaman, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000659/2024-2025</t>
   </si>