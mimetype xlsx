--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -185,99 +185,99 @@
   <si>
     <t>M/S FRIENDS CONSTRUCTION &amp; CO.</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at AIHO ZONE-1 Water Supply Scheme under Habibpur Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>ORD/000984/2023-2024</t>
   </si>
   <si>
     <t>979/MD</t>
   </si>
   <si>
     <t>04/03/2024</t>
   </si>
   <si>
     <t>18/04/2024</t>
   </si>
   <si>
     <t>S. R. CONSTRUCTION</t>
   </si>
   <si>
     <t>Additional laying of Pipe line for improvement of FHTC functionality by different dia UPVC pipe, Rectification of FHTC &amp; Providing FHTC for AIHO ZONE-I piped Water Supply Scheme at Habibpur Dev. Block in the District of Malda under Malda Division, P.H.E.Dte.</t>
   </si>
   <si>
-    <t>Sri Arnab Giri, Assistant Engineer,Sri Biswadip Sengupta , Assistant Engineer</t>
+    <t>Sri Arnab Giri, Assistant Engineer,Sri Biswadip Sengupta , Assistant Engineer,Sri Biswadip Sengupta, Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Sumit Kumar Ganguly, Junior Engineer,Ziaur Rahaman, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000671/2025-2026</t>
   </si>
   <si>
     <t>5839/MD</t>
   </si>
   <si>
     <t>18/11/2025</t>
   </si>
   <si>
     <t>17/01/2026</t>
   </si>
   <si>
     <t>M/S /FAIZUL HAQUE BISWAS</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Augmentation of Aiho(zone-I) Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/017676)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000583/2023-2024</t>
   </si>
   <si>
     <t>2632/MLMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>MUKHERJEE ART CENTRE</t>
   </si>
   <si>
     <t>Providing balance Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Aiho Zone-I Supply Scheme under Habibpur Block under Malda Division, PHE Dte. in the district of Malda.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sumit Kumar Ganguly, Junior Engineer,Ziaur Rahaman, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000659/2024-2025</t>
   </si>
   <si>
     <t>1260/MD</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>09/08/2025</t>
   </si>
   <si>
     <t>SIVRAM ENTERPRISE</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Laying of Distribution system for Augmentation of AIHO ZONE-I Piped Water Supply Scheme at Habibpur Dev. Block of Malda District under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000554/2022-2023</t>
   </si>
   <si>
     <t>1179/MD</t>
   </si>
@@ -872,54 +872,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1.12</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.11</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.96</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -990,54 +990,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>12.75</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.11</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>47.91</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1051,54 +1051,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>19.96</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.46</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>22.32</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>90</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1112,213 +1112,213 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>28.24</v>
       </c>
       <c r="Q7" s="4">
-        <v>23.07</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.71</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>66.79</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>25.83</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P10" s="4">
         <v>17.36</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
@@ -1335,75 +1335,75 @@
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P11" s="4">
         <v>85.22</v>
       </c>
       <c r="Q11" s="4">
-        <v>77.39</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>90.81</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1417,88 +1417,88 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P12" s="4">
         <v>91.59</v>
       </c>
       <c r="Q12" s="4">
-        <v>84.48</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>92.23</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>65</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>357.59</v>
       </c>
       <c r="P13" s="8">
-        <v>196.61</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>54.98</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>