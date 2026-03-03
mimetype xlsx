--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -183,50 +183,92 @@
     <t>03/01/2025</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>TWO BROTHERS CONSTRUCTION</t>
   </si>
   <si>
     <t>Augmentation work of OHR, Pump House and Boundary Wall of Arjuna Water Supply Scheme at Harishchandrapur-II Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000860/2024-2025</t>
   </si>
   <si>
     <t>1053/MD</t>
   </si>
   <si>
     <t>18/03/2025</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>M/S KUNDU CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Acceptance cum formal work order for Construction of 3.60 mtr.X 3.00 mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement in connection with source Augmentation of Arjuna Piped Water Supply Scheme at Harishchandrapur-II Block of Malda District under Malda Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000749/2022-2023</t>
+  </si>
+  <si>
+    <t>1297/MD</t>
+  </si>
+  <si>
+    <t>23/03/2023</t>
+  </si>
+  <si>
+    <t>07/05/2023</t>
+  </si>
+  <si>
+    <t>SAYEM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. III of Arjuna Water Supply Scheme in the District of under Malda Mechanical Division, PHE Dte.(TSM/016722)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - II</t>
+  </si>
+  <si>
+    <t>Junior Engineer-05</t>
+  </si>
+  <si>
+    <t>ORD/000564/2023-2024</t>
+  </si>
+  <si>
+    <t>2617/MLMD</t>
+  </si>
+  <si>
+    <t>10/08/2023</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>NEOGI ENTERPRISE.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -615,51 +657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -778,54 +820,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>15.53</v>
       </c>
       <c r="Q3" s="4">
-        <v>15.5</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -837,54 +879,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>8.68</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.68</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1030,87 +1072,209 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>28.76</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" s="4">
+        <v>4.2</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>100</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" s="4">
+        <v>10.92</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>82.49</v>
+      </c>
+      <c r="P10" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>0</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>